--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5721C620" w14:textId="77777777" w:rsidR="00F5163B" w:rsidRDefault="00E2686C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="3885"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
@@ -60,51 +60,51 @@
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7174865" cy="10149840"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="7174865" cy="10149840"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Image 2"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10" cstate="print"/>
+                          <a:blip r:embed="rId7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7174865" cy="10149840"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Graphic 3"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3137598" y="0"/>
                             <a:ext cx="3023870" cy="7484745"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
@@ -173,51 +173,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="2794000" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="44536A"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Image 5"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11" cstate="print"/>
+                          <a:blip r:embed="rId8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="3501072" y="525652"/>
                             <a:ext cx="2293619" cy="2275967"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="6" name="Graphic 6"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3251009" y="7110221"/>
                             <a:ext cx="2797175" cy="118745"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
@@ -242,81 +242,81 @@
                                   <a:pt x="2797175" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="5B9BD4"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="611BD3CD" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.85pt;margin-top:21.05pt;width:564.95pt;height:799.2pt;z-index:-16060928;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="71748,101498" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAmIDyxjAEAAADEQAADgAAAGRycy9lMm9Eb2MueG1s3Fht&#10;b9s2EP4+YP9B0PfGerVsIU7RNksQoOiCNcM+0xRlEZVEjqRf8u97R4qyFrdoky5rOwO2SfNIPvfw&#10;nuPJ5y8PXRvsmNJc9KswPovCgPVUVLzfrMI/765eLMJAG9JXpBU9W4X3TIcvL3795XwvS5aIRrQV&#10;UwEs0utyL1dhY4wsZzNNG9YRfSYk62GwFqojBrpqM6sU2cPqXTtLomg+2wtVSSUo0xp+vXSD4YVd&#10;v64ZNb/XtWYmaFchYDP2U9nPNX7OLs5JuVFENpwOMMgTUHSE97DpuNQlMSTYKn6yVMepElrU5oyK&#10;bibqmlNmfQBv4uiBN9dKbKX1ZVPuN3KkCah9wNOTl6XvdtdKvpe3yqGH5ltBP2jgZbaXm3I6jv3N&#10;0fhQqw4ngRPBwTJ6PzLKDiag8GMRF9linocBhbE4irPlIhtIpw2czMlE2vz2pakzUrqtLcARkOS0&#10;hPdAErROSPpyMMEss1UsHBbpvmqNjqgPW/kCzlMSw9e85ebexiacHILqd7ecIr/YAT5vVcCrVZiE&#10;QU86kMRNRzYsSDAUvQXa4wmcTF+3XF7xtkXesT0AhYB+EBCf8NUF26Wg2471xqlHsRYwi143XOow&#10;UCXr1gzAqZsqhkMD5RpAKBXvjZOKNooZ2uD+NeD4AwSGQEk5DljQR5zogh7C65siZjx2UkqlzTUT&#10;XYANAAsggGtSkt1bPcDxJgOJDoGFBoAwO0C60Z4+6J0Q+ChFvW+IZAABlz2ecOpP+HrILylyONig&#10;5IbeZ+hJ47TIl5A/T2WVRkm6KCCfoaxAYVmR5bj2hCO6dRxNeYH0VDmGgKvGt+ih901kEjNlazOl&#10;gYAAdsMAMuXaHT9EOM7DRbEZ7FfhiKU5QsHxTuzYnbCWBmVu7ebLozsA9mjT9lNb8Mw7DVZ+zH9L&#10;u56z+afz3sJ/O8vpzo+1t8lqgoG2QjPHNBJgKR9JAbsp7Vq0vPJq1WqzftOqYEeA3yv7Gk5sYgYZ&#10;TQ9qwdZaVPeQLfYQPqtQ/70lmJramx6iFe8y31C+sfYNZdo3wt54ln9Qyd3hL6LkIBgD6fmd8EF7&#10;ohtnizN78WprRM2tqI6IwGvsgID+IyVlD5WUIXeIAdT2FUpK8jiKJqFHSn9BJcUyi6JBSWkSFeni&#10;uylpxAJK8lA+paTRbqKRb1eS39EFt1eQ/3ZKmu78WPvnUVKW5en81f9CSXhTwvunKWCgqpsWMFY2&#10;6ANegD9CAQMF1jMXMGkONXsB+4AQ8ySf57aImySXZJnOY8g7eE0nCdzm82IIVV8K+TrlBy9l5v6s&#10;fSkzf3ICLuI4SpIY50+YKpbwqOCfE+LFd6xnIMc5KJCFY4fkM0nYmf2rSdhuaC+3Sc1xkoPHjR9p&#10;/jwpOH+9fH3pMf/cxYx9ooQnbVvWDf8K4KP8tG+Ln+N/FxcfAQAA//8DAFBLAwQKAAAAAAAAACEA&#10;HRZZRMFMAADBTAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAABeIA&#10;AAhTCAYAAADAPjkiAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAgAElE&#10;QVR4nOzdsWrFSBJA0ZbQ///rJrswOzu9wZOfHE0w6NLQnAPGbXBQ8aUoHf/693/nf/74a/zxvzkA&#10;AAAAAIB3XX/NMf78a44/hXgAAAAAAHjduXoAAAAAAADYmRAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDKMcb1+w8AAAAAAOBdNuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELnGHP1DAAAAAAAsC0b8QAAAAAA&#10;EBLiAQAAAAAgdH1+zeFEDQAAAAAAvM9GPAAAAAAAhIR4AAAAAAAICfEAAAAAABC6b8Qfa6cAAAAA&#10;AIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidY8zVMwAAAAAAwLZsxAMAAAAAQOj6/JrDZjwA&#10;AAAAALzPRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACB0f6z1WDsFAAAAAABs6hThAQAA&#10;AACg4zQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNA5xlw9&#10;AwAAAAAAbOv6vqYgDwAAAAAAb7tP04jwAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACN0h&#10;/lg7BQAAAAAA7OgY43r+EOMBAAAAAOBt1882/Fw8CAAAAAAA7OgcQ4QHAAAAAICKj7UCAAAAAEDo&#10;tA8PAAAAAACd+2Otc4wpyAMAAAAAwNucpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITu&#10;j7Uea6cAAAAAAIBN2YgHAAAAAIDQaRseAAAAAAA61/elxwMAAAAAwOucpgEAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABC5xhz9QwAAAAAALAtG/EAAAAAABAS4gEAAAAAIHR9fs3hRA0AAAAAALzPRjwAAAAA&#10;AISEeAAAAAAACN0h/lg7BQAAAAAAbOp6nmI8AAAAAAC8zWkaAAAAAAAInTbhAQAAAACgYyMeAAAA&#10;AABC5xhz9QwAAAAAALAtG/EAAAAAABC6nqfNeAAAAAAAeNu9ES/CAwAAAABAwWkaAAAAAAAICfEA&#10;AAAAABC6b8Qfa6cAAAAAAIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAA&#10;AAAAISEeAAAAAABCQjwAAAAAAITOMebqGQAAAAAAYFs24gEAAAAAIHR9fs0xps14AAAAAAB4m414&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA6P5Y67F2CgAAAAAA2NQpwgMAAAAAQMdpGgAA&#10;AAAACAnxAAAAAAAQOseYq2cAAAAAAIBtXc9TkAcAAAAAgLfdp2lEeAAAAAAAKLgRDwAAAAAAISEe&#10;AAAAAABCQjwAAAAAAITuEH+snQIAAAAAADZ1PU8xHgAAAAAA3nYK8AAAAAAA0HEjHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoHGOungEAAAAAALZ1fX7NIcgD&#10;AAAAAMD7nKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE7o+1HmunAAAAAACATdmIBwAA&#10;AACA0GkbHgAAAAAAOjbiAQAAAAAgdI65egQAAAAAANjXZyNejAcAAAAAgMT1fYnxAAAAAADwOjfi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAoedjrcfCKQAAAAAAYFPnOIYIDwAAAAAAEadp&#10;AAAAAAAgJMQDAAAAAEDoHHOMMVePAQAAAAAAe3o+1irGAwAAAADA65ymAQAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIXd/XsXAKAAAAAADY1DmOIcIDAAAAAEDEaRoAAAAAAAgJ&#10;8QAAAAAAEDrHnGPM1WMAAAAAAMCe7o+1zjGmGg8AAAAAAG9zmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABC6P9Z6jHGsHQQAAAAAAHb02YgX4QEAAAAAIHGOQ4UHAAAAAICKG/EAAAAAABAS&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid&#10;c/UEAAAAAACwsevnIcgDAAAAAMD7zjFEeAAAAAAAqLgRDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACJ0+1QoAAAAAAB0b8QAAAAAAELqep814AAAAAAB4270RL8IDAAAAAEDBaRoAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQOsdcPQIAAAAAAOzrsxEvxgMAAAAAQOL6vsR4AAAAAAB4nRvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0POx1mPhFAAAAAAAsKlzHEOEBwAAAACAiNM0AAAAAAAQ&#10;EuIBAAAAACB0jjnGmKvHAAAAAACAPT0faxXjAQAAAADgdU7TAAAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHnRrwj8QAAAAAA8Lp7I16EBwAAAACAwrMRfyycAgAAAAAANnWOY4xxqPAAAAAAAFD4dSNejAcA&#10;AAAAgLedqwcAAAAAAICdnWMO32oFAAAAAIDIc5pGjAcAAAAAgNc5TQMAAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAg9H2s9Fk4BAAAAAACb+mzEi/AAAAAAAJA4RXgAAAAAAOi4EQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQ&#10;DwAAAAAAoet5znVTAAAAAADApu6NeBEeAAAAAAAKTtMAAAAAAEBIiAcAAAAAgJAQDwAAAAAAoTvE&#10;H2unAAAAAACATV3PU4wHAAAAAIC3nWOOMebqMQAAAAAAYE/PRrwYDwAAAAAAr/OxVgAAAAAACAnx&#10;AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAACha96P+bf/BgAAAAAA/BPnGCI8&#10;AAAAAABUnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFP3RrwIDwAAAAAABadpAAAAAAAgJMQD&#10;AAAAAEDoDvHH2ikAAAAAAGBTvz7WKsYDAAAAAMDbnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo+nnMlVMAAAAAAMCmbMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAoe+N+GPlFAAAAAAAsCkb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAk&#10;xAMAAAAAQEiIBwAAAACAkBAPAAAAAACha4wxxrx/AAAAAACAV9mIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhD4faz3uHwAAAAAA4FU24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHr+5oLpwAAAAAAgE19NuJFeAAAAAAASDhNAwAAAAAAISEeAAAAAABC3xvxrtMAAAAAAMD7Phvx&#10;x+IpAAAAAABgU9+NeDEeAAAAAADe50Y8AAAAAACEvhvxFuIBAAAAAOB9NuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhK6fx1w5BQAAAAAAbMpGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdH1fc+EUAAAAAACwqc9GvAgPAAAAAAAJp2kA&#10;AAAAACAkxAMAAAAAQOi5Ee8+DQAAAAAAvO7eiBfhAQAAAACg4DQNAAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAELpD/LF2CgAAAAAA2NT1PMV4AAAAAAB4m9M0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACA0DXGGPP+AQAAAAAA3mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELrGGOO4fwAA&#10;AAAAgHfZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACA0PU857opAAAAAABgU/dGvAgPAAAAAAAFp2kAAAAAACB0h/hj&#10;7RQAAAAAALCpXzfixXgAAAAAAHib0zQAAAAAABD6bsT7XCsAAAAAALzrGPdGvAgPAAAAAADvm8Np&#10;GgAAAAAASAnxAAAAAAAQusb43Kg5Fg8CAAAAAAA7shEPAAAAAAAhIR4AAAAAAELXGJ+vts65eBIA&#10;AAAAANjQZyNehAcAAAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;oU+IPxZPAQAAAAAAm7q+LzEeAAAAAABe5zQNAAAAAACEhHgAAAAAAAg9p2nGXDcFAAAAAABs6t6I&#10;F+EBAAAAAKDgNA0AAAAAAISEeAAAAAAACN0h/lg7BQAAAAAAbOrXx1rFeAAAAAAAeNs3xM/pg60A&#10;AAAAAPCmY9ynaUR4AAAAAAB43xxjnBI8AAAAAAB0ztUDAAAAAADAzoR4AAAAAAAInWN8jsUDAAAA&#10;AADvu34ivBgPAAAAAADvc5oGAAAAAABCQjwAAAAAAIQ+Id5dGgAAAAAASFzflxgPAAAAAACve0L8&#10;mOumAAAAAACATbkRDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACP36WOuxbgoAAAAAANiU&#10;jXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFOnAA8A&#10;AAAAAJ37NI0YDwAAAAAABTfiAQAAAAAg9NyItxQPAAAAAACv+2zEi/AAAAAAAJBwmgYAAAAAAEJ3&#10;iD/WTgEAAAAAAJs6RXgAAAAAAOg8H2sV5AEAAAAA4HXfEO97rQAAAAAA8K5j3DfiRXgAAAAAAHjf&#10;HGOcIjwAAAAAAHTO1QMAAAAAAMDOhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC55irRwAAAAAAgH1d&#10;35cgDwAAAAAA7zqcpgEAAAAAgM78CfG24QEAAAAAIGEjHgAAAAAAQkI8AAAAAACEPiH+WDwFAAAA&#10;AABs6vq+xHgAAAAAAHjd9RPgfa8VAAAAAADed44hwgMAAAAAQMXHWgEAAAAAICTEAwAAAABA6PlY&#10;qwM1AAAAAADwunNMAR4AAAAAACr3aRoxHgAAAAAACneIP9ZOAQAAAAAAm7q+Ed5SPAAAAAAAvO7z&#10;sdY5hq14AAAAAAB437l6AAAAAAAA2JkQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnx&#10;AAAAAAAQOufqCQAAAAAAYGM24gEAAAAAICTEAwAAAABA6Pp5OFEDAAAAAADvO8cQ4QEAAAAAoOI0&#10;DQAAAAAAhM4xxjhWTwEAAAAAAJv63ogX4wEAAAAA4H1O0wAAAAAAQOi0CQ8AAAAAAB0b8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEDoep5z3RQAAAAAALClw0Y8AAAAAAB0phAPAAAAAAAlIR4AAAAAAEK/&#10;bsQf66YAAAAAAIBN2YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgdM7VEwAAAAAAwMZsxAMAAAAAQOj6ecxhNx4AAAAAAN52SvAAAAAAANC5T9NI&#10;8QAAAAAAULhD/LF2CgAAAAAA2NQpwgMAAAAAQOd6noI8AAAAAAC87Vw9AAAAAAAA7EyIBwAAAACA&#10;0Pc0zVw5BQAAAAAAbMpGPAAAAAAAhIR4AAAAAAAICfEAAAAAABD63og/Vk4BAAAAAACbshEPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAhdY96v+bf/BwAAAAAA/AOfjXgRHgAA&#10;AAAAEk7TAAAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACErp/HHHPlHAAAAAAA&#10;sKVzCPAAAAAAAJC5T9OI8QAAAAAAUHAjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELq+&#10;r+mDrQAAAAAA8DYb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNDzsdZj4RQAAAAAALAp&#10;G/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ92Otc+UUAAAAAACwqXMMER4AAAAAACpO&#10;0wAAAAAAQEiIBwAAAACAkBAPAAAAAAChc4wxjtVTAAAAAADAho4xxvX7DwAAAAAA4F1O0wAAAAAA&#10;QOi7ET/mwikAAAAAAGBTNuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0HMj/lg4BQAAAAAAbMpGPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAA&#10;AAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoGmOMOcaYc/EkAAAA&#10;AACwoVN/BwAAAACAjtM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQOj6vo6FUwAAAAAAwKa+IX76aisA&#10;AAAAALzuHGMMDR4AAAAAABpuxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAIXd/XXDgFAAAAAABs6rMRL8IDAAAAAEDCaRoAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhM65egIAAAAAANjYNcYY8/4BAAAAAADe5TQNAAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQD4P3t3jCo7FgNQUG28/y1rgtfuySYYfDCYqo/pG7xA8UHoAwAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAITO2ZnZmd2nRwEAAAAAgPexEQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTOz3w8AAAAA&#10;ALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQufOzM7M7tOjAAAAAADA+xxzlXgAAAAAAOB2TtMAAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpndmZm9vsLAAAAAADc55gR4QEAAAAAoHJI8AAAAAAA0HEjHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQOn+vfXAKAAAAAAB4KRvxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;IHTOzOz3AwAAAAAA7mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTszO7P79CgAAAAAAPA+NuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQOndmrg8AAAAAALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAofPvZ78fAAAAAABwJxvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2ZmZ3YfngQAAAAA&#10;AF7mM9+NeA0eAAAAAADut+M0DQAAAAAApIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0LFPTwAAAAAAAC9mIx4AAAAAAELnzMx+PwAAAAAA4F42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQufvtezbWWkAACAASURBVA9O&#10;AQAAAAAAL/W3ES/CAwAAAABAwmkaAAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEAAAAAAC91zIjwAAAAAABQ&#10;cZoGAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIHbNPjwAAAAAAAO91Xo9dRR4AAAAAAO70&#10;mes0jQYPAAAAAAC323EjHgAAAAAAUkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISOfXoCAAAAAAB4sWNmRowHAAAA&#10;AICG0zQAAAAAABA6r4eteAAAAAAAuJ+NeAAAAAAACAnxAAAAAAAQEuIBAAAAACD0uxH/eXIKAAAA&#10;AAB4KRvxAAAAAAAQEuIBAAAAACD0O02zT04BAAAAAAAvZSMeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHTOfl/7n38HAAAAAAD8D38b8SI8AAAAAAAknKYBAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidOzPXBwAAAAAA3MtGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND5e+2DUwAAAAAA&#10;wEvZiAcAAAAAgNBvI95CPAAAAAAA3Osz3414ER4AAAAAAO63M3P+IvznwUkAAAAAAOCl3IgHAAAA&#10;AIDQ+VuEd58GAAAAAADu9fluxLtKAwAAAAAAgZ05r7cYDwAAAAAA93MjHgAAAAAAQr+NeCfiAQAA&#10;AADgXp/5bsSL8AAAAAAAcL+dmUOEBwAAAACAjhvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQOj4OxXv&#10;UjwAAAAAABTO67FiPAAAAAAA3O6YsQ8PAAAAAAAVN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgND5e+2DUwAAAAAAwBt9ro14ER4AAAAAAO63TtMAAAAAAEBKiAcAAAAAgJAQ&#10;DwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhM7Zv8fus4MAAAAAAMAb/W3Ei/AAAAAAAJBw&#10;mgYAAAAAAEJ/If7z8BQAAAAAAPBS5y/Ci/EAAAAAAHA7p2kAAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2b2+wEAAAAAAPf5jI14&#10;AAAAAADI7MwcNuEBAAAAAKBjIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;ICTEAwAAAABASIgHAAAAAICQEA8AAAAAAKFz9vva//w7AAAAAADgf/jbiBfhAQAAAAAg4TQNAAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAChc2Zmv/8AAAAAAID7fMZGPAAAAAAAZHZmjrEJDwAAAAAAGRvxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh8/faB6cAAAAAAIA3+tiIBwAAAACAzl4h3jY8AAAAAAAkbMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAocN5eAAAAAAA6Jwzf/9XqyAPAAAAAAD3c5oGAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDomH16&#10;BAAAAAAAeC8b8QAAAAAAEDqvx9qMBwAAAACAW30+3414DR4AAAAAAO63e52mUeIBAAAAACDhRjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAAKHzeuyTUwAAAAAAwEvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCvxvxjsQDAAAAAMD9bMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAoX9vxH8enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAChY2dmn54CAAAAAABe6rweq8YDAAAA&#10;AMDtnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgdP797Mzus5MAAAAAAMAL/W3Ea/AAAAAAAJBwmgYAAAAAAEJCPAAAAAAAhP5uxH++HwAAAAAA&#10;cCsb8QAAAAAAEBLiAQAAAAAgdO7MXB8AAAAAAHAvG/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACJ2/1z44BQAAAAAA&#10;vNQxOyI8AAAAAABEnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpnZnZmdh+eBAAAAAAAXuhvI16EBwAAAACAhNM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid12OfnAIAAAAA&#10;AF7qmBHhAQAAAACg4jQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQOq/HPjkFAAAAAAC8&#10;1CHAAwAAAABA55ixDQ8AAAAAABU34gEAAAAAIHTMzHyengIAAAAAAF7qvCK8GA8AAAAAAPdzmgYA&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHT+/ezs7LOTAAAAAADACx3yOwAA&#10;AAAAdI6ZsQsPAAAAAAARN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEjtmnRwAAAAAAgPc6r8cK8gAAAAAAcLu/0zQiPAAAAAAAJNyIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAAKFjn54AAAAAAABe7JiZEeMBAAAAAKBxXg8xHgAAAAAA7udGPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAA&#10;QkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAITO32sfnAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTMz&#10;+/0AAAAAAIB72YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEA&#10;AAAAAC9lIx4AAAAAAELHjm14AAAAAACo2IgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonJmZndndh0cBAAAAAID3OWYEeAAAAAAA&#10;qHxP04jxAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AgH/Yu4MUyZUkgIIuEfe/cswiVZW1aviDHgJhBqKjoRa+&#10;fjieAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonP30CAAAAAAA&#10;8F5rZmb29QEAAAAAALdymgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAIre/TkXgAAAAAALibjXgAAAAA&#10;AAgJ8QAAAAAAEFp7PkdpHKYBAAAAAID7/bkRfzw3BQAAAAAAvJTTNAAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABBa3+d+bgoAAAAAAHgpG/EAAAAAABAS4gEAAAAAICTEAwAAAABA6M+N+OO5KQAAAAAA4KVs&#10;xAMAAAAAQGjNzOzrAwAAAAAA7nOMjXgAAAAAAMjsEeIBAAAAACAlxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qnD0iPAAAAAAARJymAQAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQmpnZ&#10;1wcAAAAAANzLRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGh9n/u5KQAA&#10;AAAA4KVsxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo3E9PAAAAAAAAL7Z+HluRBwAAAACA250zIjwA&#10;AAAAAFTciAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACB0zuynZwAAAAAAgNe6NuLFeAAAAAAAKKzvU4wHAAAAAIC7uREPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhP7ciD+emwIAAAAAAF7q/AR4ER4AAAAAAApO0wAAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTN7Ph8AAAAAAHC39fPYYjwAAAAAANzulN8BAAAAAKBz&#10;zjhMAwAAAAAAFT/WCgAAAAAAISEeAAAAAABC6/s8npsCAAAAAABe6tqIF+EBAAAAAKBwivAAAAAA&#10;ANBxIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AIDQ+nns/eQYAAAAAADwTjbiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ&#10;ObPn8wEAAAAAAHdb36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEPrz&#10;Y63Hc1MAAAAAAMBLXRvxIjwAAAAAABROER4AAAAAADpuxAMAAAAAQOic2U/PAAAAAAAAr3VtxIvx&#10;AAAAAABQWN+nGA8AAAAAAHdzIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIrZnPdXgX4gEAAAAA4H42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQmv2zO8HAAAAAADc57ARDwAA&#10;AAAAnS3EAwAAAABASogHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBo7eux//lnAAAAAADA/+OcEeEBAAAAAKDiNA0AAAAAAISEeAAA&#10;AAAACK3PP3scqAEAAAAAgPvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC14344/oAAAAAAIA72YgH&#10;AAAAAICQEA8AAAAAAKHrNM2+PgAAAAAA4E424gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHrx1qP6wMAAAAAAO5kIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAAKH189hPTgEAAAAAAC90zLURL8IDAAAAAMD99jhNAwAAAAAA&#10;KSEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQWjPz+dnW/ewgAAAAAADwRjbiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;nfvpCQAAAAAA4MXWz2OPJA8AAAAAAHc65jpNI8IDAAAAAMD99rgRDwAAAAAAKSEeAAAAAABCQjwA&#10;AAAAAISuEH88OwUAAAAAALzU+j7FeAAAAAAAuNsV4vf1AQAAAAAAd3IjHgAAAAAAQkI8AAAAAACE&#10;ThdpAAAAAACg87kR70Q8AAAAAAAknKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEPj/W&#10;ehyfDwAAAAAAuJWNeAAAAAAACJ1jER4AAAAAADI24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQufsp0cAAAAAAID3shEPAAAAAAChtWdm9sy2GQ8AAAAAALc7Z8Z1GgAAAAAA&#10;iDhNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACK2fhx9sBQAAAACAex1jIx4AAAAAADJ7&#10;hHgAAAAAAEgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDkmJn19z8AAAAAAMC9bMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh9flnz+z97CQAAAAAAPBCn414DR4AAAAAABJO0wAAAAAAQEiI&#10;BwAAAACA0CfEHw9PAQAAAAAAL7V+X2I8AAAAAADczmkaAAAAAAAICfEAAAAAABD6PU2zn5wCAAAA&#10;AABeykY8AAAAAACEvj/WaiceAAAAAABud23Ei/AAAAAAAFBwmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAIXSH+eHYKAAAAAAB4qfV9ivEAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAitmZk9M3s/PAkAAAAAALzQZyNehAcA&#10;AAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0NrXY//zzwAAAAAA&#10;gP/qmGsjXoQHAAAAAID77XGaBgAAAAAAUkI8AAAAAACEhHgAAAAAAAidM59j8QAAAAAAwL2OmVnH&#10;n/8AAAAAAAD3Wr+v/eAUAAAAAADwUm7EAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQt8f&#10;az0enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGjt67H/&#10;+WcAAAAAAMD/45wR4QEAAAAAoOI0DQAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAA&#10;AABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC6/e1H5wCAAAAAADe6LARDwAAAAAA&#10;nS3EAwAAAABA6nuaxm0aAAAAAAC43bURL8IDAAAAAEDBaRoAAAAAAAgJ8QAAAAAAELpC/PHsFAAA&#10;AAAA8FJ/fqxVjAcAAAAAgLs5TQMAAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQWt/nfm4KAAAAAAB4qWsjXoQHAAAAAIDC70a8FA8AAAAAAPc65ncj/nh0EAAAAAAA&#10;eKM9M2vPzza8GA8AAAAAAHc7nx4AAAAAAADeTIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgtH4ee/aTcwAAAAAAwCtdG/EiPAAAAAAAFJymAQAA&#10;AACAkBAPAAAAAAChK8Qfz04BAAAAAAAvtb5PMR4AAAAAAO7mNA0AAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEFrf535uCgAAAAAAeKXDRjwAAAAAAHT2T4i3DQ8AAAAAAAUb8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEDonO0+PAAAAAAAVNbMfH6rVZAHAAAAAIDbXadpRHgAAAAAACi4&#10;EQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELpC/PHsFAAAAAAA8FLr+xTj&#10;AQAAAADgbk7TAAAAAABASIgHAAAAAIDQ6SQNAAAAAAB0bMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhNbMzL4+AAAAAADgPsfYiAcAAAAAgMweIR4AAAAAAFJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgSb8QqgAADElJREFUJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABAaM2+XvuffwcAAAAAAPxXx89GvAgPAAAAAAD3207TAAAAAABASogH&#10;AAAAAIDQmmPm9wMAAAAAAG5lIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z/bTMwAA&#10;AAAAwGudOjwAAAAAAHTWnpnZM3sr8gAAAAAAcKdjrhvx21o8AAAAAADcbo8fawUAAAAAgNQV4o9n&#10;pwAAAAAAgJda36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACE1szx+dnW/fQoAAAAAADwPqcADwAA&#10;AAAAHadpAAAAAAAgJMQDAAAAAEDonOPpEQAAAAAA4L3WzMwc1wcAAAAAANzKaRoAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQObOfngEAAAAAAF5r&#10;fZ+CPAAAAAAA3O06TSPCAwAAAABAwY14AAAAAAAICfEAAAAAABD63Ijfh+s0AAAAAAAQ+PNjrcdz&#10;UwAAAAAAwEs5TQMAAAAAAKHTJjwAAAAAAHRsxAMAAAAAQOhzI/4Yi/EAAAAAABCwEQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEFozM/v6AAAAAACAe9mIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdM7sp2cA&#10;AAAAAIDXWt+nIA8AAAAAAHe7TtOI8AAAAAAAUHAjHgAAAAAAQkI8AAAAAACErhB/PDsFAAAAAAC8&#10;1J8faxXjAQAAAADgbk7TAAAAAABAaM0cM3s+HwAAAAAAcCsb8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEDoE+KPh6cAAAAAAICXWr8vMR4AAAAAAG7nNA0AAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qsxEvwgMAAAAA&#10;QOIU4QEAAAAAoONGPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAAKFzz356BgAAAAAAeK01MzN7Zm9BHgAAAAAA7nbOzNiKBwAAAACAhhvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJrZl/P/c8/BAAAAAAA/rtrI16EBwAAAACAgtM0AAAAAAAQEuIBAAAAACB0hfjj2SkA&#10;AAAAAOCl1jfCi/EAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QGjN7Ou5//mHAAAAAADAf3dtxIvwAAAAAABQcJoGgP+1c+8qVkRBAEVPyxFE0cTEXEX//z8Eg9FI&#10;A0XGYAQZH/hAvQa23Gxg4G4amrWSrqCDijeHAgAAACAkxAMAAAAAQGj++yyO0wAAAAAAQGCOsazj&#10;cuWPAAAAAADA9TlNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCN8Y4bL0DAAAAAADs1jyOgjwAAAAAAJzaeppGhAcAAAAAgIIb8QAA&#10;AAAAEFpD/LLtFgAAAAAAsFPzGOHFeAAAAAAAODWnaQAAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIzf/DYcstAAAAAABg&#10;h5axvogX4QEAAAAA4PQOw2kaAAAAAABIzeN7eO/iAQAAAADg1NYX8SI8AAAAAAAUnKYBAAAAAICQ&#10;EA8AAAAAAKE1xC/bbgEAAAAAADs1jxFejAcAAAAAgFNzmgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQnOMwzoervwR&#10;AAAAAAC4vvVFvAgPAAAAAAAFp2kAAAAAACAkxAMAAAAAQGgN8cu2WwAAAAAAwE7NY4QX4wEAAAAA&#10;4NScpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQmmMc1vFw5Y8AAAAAAMD1zZ8/vo9vXz+Pr5++b70LAAAAAADszvxy&#10;+XF8eH8+zi8ut94FAAAAAAD2ZRljXrx/O16dPR+v37zbeh0AAAAAANiZZcyL87fj9dmzcfbi5dbb&#10;AAAAAADAvizLmHdu3Rz3790eD+7f3XodAAAAAADYlWWMMR8/ejj+/P41nj55vPU+AAAAAACwO38B&#10;V3I6K0tXwg4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhANuTiWxpJgAAaSYAABUAAABkcnMvbWVk&#10;aWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBkAGQAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUF&#10;BAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQF&#10;CQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FP/AABEIAIEAggMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1&#10;EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoW&#10;FxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy&#10;8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUE&#10;BAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkq&#10;NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAM&#10;AwEAAhEDEQA/AP1TooooAjxto/gqCWaO2jeR2CIq7mZ/lVa/Pn9or9vPW/Gvic/DX4AWc+v61eu0&#10;D65Yx+a7uPvfZd3yqi/x3D/KvzMv8Mta0aMqsvdMalSNKJ9V/Gn9qD4d/AWx3eKdeSPUHXdFo1qP&#10;NvZR/wBcv4V/232r/tV8d6x/wUI+Lvxs1C4034J/DWY28T+S2ovA168X913b5IIv912auM8Ifs5+&#10;DfBWt3WofFLVW+KXj+VmuLrR4ryV9Pspc/P9quvvXUqt95fu/e3J/FXqN/421jUdPh0uKaPSNFiT&#10;ZFpGlRJa2sUX91Ei/h/3t1fZYDI/bR54Q/7elsfmuf8AGOFyiXsZ+/P+WJ5nr/w2/aK8VZuviT8c&#10;NK8Do7fvbGXXGD/+A9miRf8Aj1cxN+yh4N1BfN1f9oi5vLp/9b9l8L3kqf8AfbS13niVEh0t5WXZ&#10;5Uq1S/4QzxAkc07aVEiRbX2PdIjsuze//fH8X+1W+PlhMjlCGKxPJzHHkmeV87oTxFKicpD+yx4a&#10;0n9/4c/aQazu/wCH7X4evLJP+/sUtdjoHhD9qz4fxLc+BfinYfEe1SPetpBrSXTeV/1yvF+X/gD1&#10;g/M++KWKWF0+R7e4XypYv99K7FtTsLaRYpbuOF1+VS77PmX/AGv71ejHC08RTVaWJjPm+HnOPNOJ&#10;q+U8nLh+b+blNnwj/wAFL/Ffw91iHw98a/h3eaRdsNwuLe2e0uNn97yJfll/31dVr7O+GPxr8FfG&#10;nRjqPgvxDb6ykSqZreN9txBu/wCesTYZP+BL/u18hS+LLjWdDbQ/E1tZeMNAlfbLpuvwfalb+Hcr&#10;P8yt/dZW+WvG7r4AxJr3/CU/s8+ItS8OeL7N3l/4Q6+vNtw6p9/7BcP8s67f+WUvzMu/e/8ABXh4&#10;7JPZe9P3f70fgPocg4sw+cx5KXxx+zI/W7oKToK+J/2Tf29YfiNqkPgX4lQf8I14+ilNmks0TW8N&#10;5Kvy+U6t/qp/9lvlZvu7d6rX2zXyNajVoT5Jn6DTqRqx90fRRRWRsFFFFADcjNN/hox6V8j/APBQ&#10;b9pN/gl8K/7G0a8e28V+Ile3geHiW1tfuyzJ/tfOqJ/tPuX7la0aMsRU9lAzqSjCPMeK/te/tF+J&#10;/j58QE+BHweDXcM07WurajFL+6umX/Wozr921i/5at/G3yfd/wBbg6HZ+H/gX4an8I/Dq6+13t0u&#10;zxD4zRdt3qkq/figf/llbI39z73/AH07yfC/4Wn4DfCSbRpImtviN4ptI5Ncm/5a2Ns3zRWCN/Bu&#10;X5pf9p/9zbk6D4en8Q6l9jiZrO0g/wCPq48rfs/6ZJ/dZ03/AO7X2NR4bKsD9dxf8GH/AJOfBVc2&#10;+u4mWBwkuaqUrO5i0qVJ1iVEi+TYnyJ81eh/8Ifp9nbyz65fNNKi75bhLloreJf76RI/935f4t2/&#10;/brj/FWg2fh7UtPsbaWSaVrWWW6e4l3u3z7Ed1/h/j+5V6NrIaBDd6hMsWm2atKwupf9Hgdfvtsb&#10;7v8A9nXiYuljOMcHh8RluI9lS+2fL4+pg8hrzq4rCe1q/BAhmh+0+HL1vLkht5ZWltbeZmd4ot/7&#10;r73z/wC1Vj/hZGteUirbae8qKqNcStK+9/7+z/PzV59P8cJvFsF1b+B/B2r+MIl3o15sNvat/wAD&#10;f/7GuYvPi5faJOmla14K1nTfFEu1LPSUXzUvN3/PKX+7/wB9V6uZYThvMY0sLiqsZzpD4XwOd4Sl&#10;Vq8nsvay+E9KR57zUvPvJ5Ly7llTzbh/vt/cRP7qp/crt9N8QaVYabaaRqrJC0UTxM9xA3lS7nbf&#10;tbbt+dfn/wCB14tZv8W7ZotQl8C6JMiMj/2cmp/6R/uff+9Xa+CvirZeL9SuNEubHUPDviO3XdLo&#10;+qxbZWVfvMr/AHZV4rixOW5FxTQhl+FxHJKl8PKPM8RnHD9X67Sw8atL7Rs/bbaztb7+zZ2vNMii&#10;R7Z/KZEidv8Alkjt95U+Ta9czDcxeanlT7LiJt8TwtsdHX+NH/vJ/sfdrd8WzSSWSQK2JXVnX/2T&#10;/wAfrq7az0Xxt4VigtomeKyXZFCisktnKqbd+xX+9/6FW+d5zLg7D4fBSh7WHwzkcPCuE/tOOIxs&#10;P3U5e8cd488D6d+1BZxWmoy22j/Fm3i8rR/ELbYotdVfuWV7/wBNdvyrL/8Ast7F+wx+1tqfia5l&#10;+EvxLaew8daQ721ncagNs12kX37eX/prFt+//Ev+18z+HaPZtrEsUEqtD/z1/hddr/8Ajrb0qb9o&#10;/wAFXPjTw0nxb8OTSWfxD8HeQ+rvbt++vLGL/VXv955YPlV3/iXf/dSvUxWXxr4aFaH8Kf8A5IfX&#10;YHPaUcZ/Z85/vT9VsAUcGvDv2Tvj9D+0F8IdO8RsYo9Zi/0XVbeJv9Xcr95tv9112uv+9t/hr3ED&#10;FfBVKcqUvZzP0SnKM480SSiiikWVJACp96/K/Sdeh/af/bR8S+PtXT7X4J8BJ9pgiJ3RSLBK6WUW&#10;fmX97Lvl2/79fen7Vnjpvhp+zz488QRSeTdw6Y8VrJu27Jpf3UTf8Bd1avz8+BGnSeAP2U9Mv4P3&#10;Oo+O/ENxeyTI3+ts7P8AdKjL/d83c3/A6+hyrDufvL7XuHz+bV6tOhP2Pxcp6HrOtTapc3mrapP/&#10;AKTdSNLI7/3mb7i/+gqtY39q3miXFxfaYypFcS7Ly0uIvuyr9x3/AIlbZWl4SSLxFqtxdywM8NlF&#10;FFEjujokrfO77Pvbtu3a/wDv1FeIt/r3iBWXMUsqRMjrs+dYk3v/AJ/uV3Vs4ocQZxPhueH/AHED&#10;8Eo5biOHMHDP6tX97ORx7vLdXtxdSt51xPLvZ/8A0BE/2f8AYrz7xRdWXj74g+Evh42oRXOlPcy3&#10;+sW9vP8AO3lI7JE23/cf5f8Abq98bNVvPB/w+1uWC5Wzu2aK1iuN2x9kr7XeL/a2767vwH8LvCHg&#10;zSNHk0XSraa4itUeLVpov9Il81Pnl3f7e/7n8FeXxbnNLhvAf2bQhyc5+u5RhqWKjDMKvvD/AIj/&#10;ABBs/hf4atZfskbwtL5VrYwt5UUUSpulb5VbaqLs/h+86b62vDHiex8W6TFrGmeZ9n3SxbLiLZLB&#10;L8nmxf7P8H3G+an6x4e0zxCtuuq6fBqSQS+bElxv+Vv/AGZf9h/laiZ9K8IaJLOy22laVZLvZIot&#10;iLuf+BV+8zs33E+Zmev5n9pSrYfkhze2Pr+ahVocsYfvTjfi/wDEu98A2dpFptj513db5ftcsW6K&#10;JF++m3+Jvuf7q72rL+ImrXmteFPh3470zQ7u91LT76Kd7S3i3SrBKrrLEn/TLenyv/tq38denabq&#10;sepadFd2M6zWV1F5sUqfclT/AHP/AIure9t+7f8APXfgsyWWVIVaUOWrAxrewq0PqsqXv/bPGrb4&#10;xaV4k8ULp99peqeGdQuvls7fW7Xykl2/wI/96uk8nyZ/PVpba4X/AJeLeV4pf/Hat/G/SrPXvhL4&#10;l/tL5/sdm2oWtw7fPBLF/qnR/wDxz/gdN8EW9xrun6Te3qZkNnFLKn9+Vokf/wCyr+m+F87/ANb8&#10;LP63S9+B+fZtSweQ4P6xR92MTovDmk3cVpKtnZ+dKux53eVYtm75/K+b7zbfn/4HXReBvFkejapZ&#10;arEv2uwl3pcxMu9J7VvlliZP93d/wKqOj61Fol9NDfS+Tp91LviuH+5FK330l/2X+Tazf7tYOpaw&#10;tve62sDb3lvpW3pL5qJ8ib3R/wDb/wDHK0y3NswqZ1iMlxtLlw8fhPgK+V0MVhcPnWW1ebEc3vFj&#10;9le+P7LX7Z+u/C+W5ceFPEuxdLmd9yPGyvLZN/vbWaL/AHq/T2vyD/aUF3B4C+DPxOsfMj1Xw5qM&#10;vhyW4dv+eD+fZf8AfC+atfrD4S8RQeK/DOka5bcWmpWcV3F/uyorr/6FXk5rS96FV/4f/AD9+y6p&#10;z0jeooorxD1z4y/4Kk62dH/ZpSBW41HWYLdl/vKsUsv/ALSrw3xBo/8Awj3w6+DGjbvks/Bdldsn&#10;/TWfcz16v/wVrt5W/Z50KWJd+zxBEjf8CtbquG+ImltquifDvULWXe8vgvSdsL/cZfKf7v8AtV9n&#10;kkOd0ow/vfkfFcQYulhKU51fhPPYZrm2+0XkEVy6W8SS3T27MiJFv/5a7f8AP32rrtNeC5tYns2V&#10;Lf8AhRP4Ku/DGwiTSbud7aX7Q15KkryxL86L/B/u7P7/AP6BXCaDfto6bYlV4lZomRJd6Mqu+zY/&#10;8f8Av1HC+fwxedYvDzpcvL9o/OeKsg+u5dSxFGr/ANumV8ctNt7aXwd4kvrSTUtI8PaqtxqdusXm&#10;7YG2KkrL/EqN/wChV6HN4h0qHR5dZl1W2/sryvP/ALQSVXieL+Bkb/b/ALn9+i/ij1nRbu0t5VP2&#10;2zlt1l/2pYnT5q85+EVlpPiv4R2/hPUbbbdaNus9T09G2y28qys6S/L8y7vvK3+/XyXidlcJ1aWP&#10;fwHqeHuYLE4D6hif+XR1Hw9+IumfEvRrjUNNilhSCXypbeWVJXX5NyP8v99f++W3rU3jnwBp/wAR&#10;dIi0/UJbmFIpftCvaMm/ds2/xf7P8f8ADUvhXwJofgdrv+w7FrP7VtVkeVpdirvZETd91dzM9YXx&#10;ks/EF/4NWDw1FdzXbXivL9hdt/lbH2fdZW2+b5X+795vlr8GgqTxtsJ7h+vR5Z4z/ZPcgbfgrwhb&#10;eAfDjafBeSzWiSS3DTXCqqRbvvbV+6qfJub/AGtzVX8JfEfQfHOqarY6RLLM9mu95XVUSWLfs82L&#10;5923d/fVf71S+C18QXnhVIPGEEb6lLvilT91+9i2qv73ymZdz/vfufw7f4qqaX8NdB8E317r2lWc&#10;8N3b2c7rby3LPEjbPnfe3zbnVVXez7VrTkhVnOGJ9+qFT2XNV+se9M539oLw/qGqeEP7Xgvlm0/R&#10;GW/vNBuF/wBH1GKJtz+a6/NuT+592vQtHaGXSbKeAN5VzFFcK7/f/eru/wDZ685i1jX/AI5+GIoL&#10;PR38J+ENUiVr6/u7mKe4uot3zxQKn3N2z/WtXo99ew6PZKBGqKkaxQQ/7KrtX/gKLX9P+G+XY7LM&#10;DL67DkgfgHH+NpY14fK8LPnq/aI9Y1aPSon2svmuv8f3ET++1ckEZERWikh81d8SSxNFvX++lWra&#10;8ZNe0q5nlX/j+ieV5VV0Xc+z+L5f4/8AgNdj8SfNv73SrOJmmu0llllh835FXZt3v/F/uv8A79dO&#10;ccSV6Of4fLIUv4v2j08kyTDZTlU8RVmcT8SNNbWP2Rviarfc0bXNG1df9nzZWgZv++a+7P2L9abX&#10;P2W/htcMcvFpa23/AAGJ2h/9p18ZfEC0g0T9kv42BpfOmuk0aLH8G77b8u3/AMer66/YKtWi/ZK+&#10;HiP98290/wD31dyt/Wss6hyRnzfz/wDth+i8PYunjsPGrR+H/wC2Poqiiivjj7A+U/8AgpJ4WfxD&#10;+yzr1xFF50mlXdre7f8AZ3+U/wD45K1fP3gjUT4n/Z2+EGtE7ni0qXQ5v70TWcjRbW/4Clfe3xP8&#10;HQfEj4e+I/C04CRavp01n5rjOxmVlVv+AttavzC/Zbv9Sl+E3xP+G86ND4g8Haj/AMJJBabd7tF/&#10;qL2L/gDpu/4HX2GRYiNBwnL7E/8A0o+F4qyuWZ4CrQh8R3ms6at+fsyR3M1xdMiLDby7PNfZ/H82&#10;3btT+OuU2Mm/5WRIpfKbfF5TxP8A3HT+Fq2tK8QxTa9ojXkXyea8W+3XfueVNsT/AOz/AL9dP4ms&#10;Fj8Rwv8Au3mltmivLfb96Jf9VK//AKCv+zvqK+dzwnE39mxw/u1ftn5xluX18syCeNqz5pUvsHE6&#10;PqrabK6/fib/AFqf+zpSeLPhvpviy8h1u0ubnSPEkUX+i6vpUvlSyr/dl/hlX/eq3f8Ah5od0tpu&#10;mT+JP40/3P71RaPqv2NvIlb/AER//ITV+l1aFLEw+r4qHNE+fqVfrE/7VyefJV+2eS/EhfGmieBd&#10;d1FviNrNz9niR/s6WsVu7fvU+/LF81RaD+0b4nsLNItV0rT/ABI+xNt2krWVw/8Avbd0TN/tfLWv&#10;+1DcpbeGtP0+JovN168VGTf/AMsov3sr/wC6/wAleNf7v3a/COLcryzDVY4elRP6w8PsNS4kyn67&#10;jYHoWvfHvxR4qmsdKs4LbwfZajdRWFzcWkrXF95Ur7X2Sv8ALF8v9xN1dn/wrvV9bhXw9feN9f1L&#10;w6/yNpVw0SO0Sv8AcllT5mWvn/VrlrOyS8i+9ZSxXS/9spUevsvSoYrCye+nbyfNXzf9yJvmRP8A&#10;gde7wdlOXYmh79L4D5LxOq/6sRhDL/t/+lFtfsmhaesccaw2tvEsUcS/L8q/cRa5S5uZby4eeR/n&#10;f/vhE/uVLf3k+q3SfK39yK3T+CtjSvDywukt3td/4Yf4E/3/AO9X67L978Pwn864SNDIaU8XjZ8+&#10;ImZlhoMuqq/nrstG+Rt6f63/AHK6aGza2V2a5nvHdVi86Zt77F+4lWvCulW2t6XNquoRW1yt1K7x&#10;JcKuyKJX2J8/8O/Zurkv+Etb7BL9htmhi3P5XnN5svlb/kT/AGq/Pck4ky7Oc2q0oYf38P8AbPYz&#10;vIs6xeDpVfa+5V+wQ/tOauuhfsrXNurMlx4i8VWtrEv9+KCJ5Wb/AHd21a/QD9mHww3g39n74e6T&#10;Ouy5t9FtmlX0lZN7/wDjzNX52/G7w5efE79oH4PfA+MteHQoIv7YYfw3Ny6z3v3f+eUCr+dfq9bx&#10;JBBGiDaiLtVa8zOsS63/AG/Lm/yP2HhzL/7OwdLDy+xEu0UUV8yfXkL7XX2r8yP2u9Fvv2Uv2sfD&#10;/wAY9KtHufDWuyu2o2ip8su5Nl7bv/D88W2VN/8AFv8A7tfpxuUV5j8fPgzpPx1+F+r+EdTIh+1D&#10;faXZTc9rcr/qpV/4F97+8rMv8VdeDrqhV974ZHPWjzxPg7x74Rg8O6y/9lSrqvhXU44tS0XUIlaW&#10;Kezl+eL5v7y/d/4DWd4V0qDVdels2nubb/RXlSW3l2y+aronz7vvLs/grO+A3iu9+H+vX/7PXxRf&#10;+xrq1vGTw1qs7fu7Odzu8hnJ/wBRP8rxN/eb/aTb3+vaJe6LqUsU5/sjV9OZtzyovyr/AB7/AO9E&#10;y/xf8CWvscdSq5jlk6eDnyYiEfckfjmZYiWWZjCOKw/Ph6pyWs6r4l0bxpongrRdCHjTxTrfmtpl&#10;vbyrapLFGu6WWV2+SLbtap9T8H/FW+la2T4FeKotb/ieO8tfsjN/113ba9y/YT8ITeOdZ8T/ABx1&#10;O18lNZ/4kfhm3f5/I0uBvnlX5f8AlrKjN/wH/ar3f9oDwH4r+KXw6uvD/hHxs/gi6uH2XWoR2TTy&#10;ywbW3woyujRbvl+dPm2/d+9XzuEzzNYYaFLFT5pxPu6PB+S0a/taEP8A0o/HvxsfEeveOdefVYYr&#10;m60C3lg+w6fcrdWumxRf61vP+7/rW8rd/FL8qbvlrn/tKpFE06ND5qo8W/8AjRt67/8Ad+R/n/4F&#10;X6F+JP2Iv7D0PwP4D0q4hk+G2nbtW8XND+61PxHfxHdFEyL/AMsm+6q79sW7++iNXxN8UNE8WXni&#10;fStb1mzh0fxB4xgupLXwytr9nfTrOJkit4vK/wCWUWyLYq/88onb+KvIxND69V9rVn7x+3ZNmFPA&#10;0PquFjyxicVI8GpWs0Hmq6Sxb/8AgLfJvr6N+F2lfFvx98OtH1XRfB1p480qy/0Cd9G1OKK9tZYk&#10;2bLiKXZ8+3a+5NysrpXnPww+CN38S/gF8QPGenQXMEvh8xSaZaKvmpeKsTte/J/EyxS+bu/4BX1B&#10;+zT4E8a/s/eIPA/jbwhpd540+FnxC03S49R0+y3S3ujyyom24ZP44kZ5f3v/ADydlfbsVn6cvq18&#10;s5/q8/iPK4np4DO6cPrEearSOP1fTPib4E8N6n4ivPgvrWm6FpcX2jU9R1DVbVZool+86xKzM21f&#10;m2pST+NF1CzivLFmTT51V4LvymZHV/ufP92v05vNOttUs57S5t47i2uY2ilhYbldG+Vl/wC+a/Nt&#10;NOu/gN4m8X/BqZZLkWMv23wt9o3Ol1pN07/Kzf8ATu25W/3a9WpxNmdGPJSjzn4ljuEcn5Z42UPe&#10;j/28c5Jc3L6bFpUt5L9ii83bbp8m/c+50lf/AJar/sV0PhWaw8JWWq/ELxJA7+GPCcS3jRN8n268&#10;/wCXe1i/vMz7Gb/Zrf8ACXg99XvYtOsoYEdYt091N8kUEcSfNLK/8KrXmHiCS8/bO+LuhfCj4fzz&#10;R/DPQJPtF1qzr8l5L92W/ZP+BbYlb+9/Du+T6ethMLl9L2eHjyTn70z5vh/G1c5q8/sv3UD2H/gm&#10;x8MNV8Y+JPF/xy8VqLjU9ZupIbOV1+/Kz77iVP8AZX5Yl/3XWv0OrlfAfgnS/h34X0vQNFtVtNK0&#10;u3W1tolGNqL+HzM33mb+JutdVX5/iK3t6vOfsVGPJEfRRRXObHwL8QfB/wAQPBXxD1P/AIWV8Z/H&#10;Xhvwlql9/wASnxXoMsUWk2vm/Ilvers3WrbmRUl/1Tf3ketrxZ8Bde0K88P2Vv8AGz4ta9e63PLF&#10;arb6/FaxIkcTSvK7bPmXany7fvbq5r4pftBX3xW8Wa94Y8Z+GviH4f8AAFndPZS+HPD3hu4l1DXk&#10;X7/2q6X5YoH+55UXzOrfNLseug8OftCeCNa+LPwv8HaZ4c1v4d2uh219cW1v4q0xdKt1tWsmiiii&#10;82X5/m/9AavZtVh70onD7pwnjL9jDwz4v1R5fGHizxt4k1W1iW3Z9QvmvZYovvJE8qxP/f37N/8A&#10;HXkX7Svw28IeFtS8NeF5/iD47vPF3iGSCJpdTnvLz7Hpm51lleJYmkl+VGSKJVr9ANFt5LrVPEWt&#10;eH9TghupNVl8x93n2V4ixRbQyq/3l/56xfMv3fmrxj4l+AvH/i/4/wCjfEjw9420DQrzw1bS6LBp&#10;OsWL39rp0sq7ZXaWBk2tKro2248pl/u0/rtT4SqeGpfFM9E8L/Frxjo3hLR9G+G/7P3id/D+nWsV&#10;jZt4jvrPQf3US7E/dSs8u3av8USt/sVtz63+0Z4gCtaeFfh74Ni/jbV9YvNXl/4CkUMS/wDj9fFv&#10;ir/goR8VNKdIPC/i3wb44u4llfUIrHwze26WXlff+eWX97839z/eq38Pv+ChnxM8ZRta6r4++Gfg&#10;zUPN2RReIdA1JbeVP7/2iKV4l/3X21jLL8Soe15Dr9tT5uQ+ptd8O/HewtWn/wCFg+ANVuPvNp99&#10;4UurWL/dWWK6eVf++a+Lf2lrzxBpvjx/EeufDu50fxXe6FqWkXWraTK+r2V4zRIlpLby7N0TJ86b&#10;HRX2P99q+hG8d/tVeILaW40WL4Q+L9H3bV1Hw/LLdQv/AN8y7v8Ax2vNfEPiH9ou31F5fEHwui17&#10;T0WVGTwxZ3VvL5v/ACyffL95d39z5qKVJx9+4442lCryHY/ATw949tvBWmeHvA/h7RPhX4aitd8t&#10;34pil1LULyWWJEllSyWXbEsrp/y1l/4BXuGhfDP436TbW/8AZvxj8OXMVvHti0658DJFaFfupFui&#10;uEZV/wB2vnjw34s/aisNOhl074ceGoZfl/0e4sb/AHr/AN9bF/8AH67C5+LH7S/hayW78Xax8Gvh&#10;3aPF5u/xBLKjqv8AupL81KVCoR9dpTl7h7WPGf7Q/hyx26p8NfCfjZ92fP8AC/iSWwdk/wCuV5F8&#10;rf8AbWvl79vLxn/wlPhPR/EuseEfGfws8c+FblfLu7izWW3v7Od9txaxXtq8sDS7UWVUldfuN/er&#10;i/iH/wAFEvijoNzbW3hrx54M8YO3/H1Lpnhe9gt4v9yWeX97/wABXbXR23xU+LX7RWgeFvB998Y/&#10;A0Nr4/0O/fVbS00pRLpMUcS+bFL+93Kz+a67vl+41XHCYnD8lWfuB7SjV9yRYs/gPoHiHwNLaW3x&#10;j8fXnhXxHaxXUtun2PZeROm9Efb83+8n+/W/8N/2YovAOk3Ufgf4o/EPR7K8lVp30mKy/eyr8nzO&#10;v8S7vuf7Ve9/C221D4X/AAl8KeDrOU+JtQ0nTksm8R31m1rZSov3GWL/AFsuxNqfJ/d+Z66D4SaG&#10;mkX3jQQebcy3mpxXl9cuu17idreLe7qvyr8iRJtX7qolaSxdScJ85zfVqUZctI8W0r4OeOdU1xNL&#10;Hx4+KmmyyW8ssc97Z2rRSiLbu2N/e+ZWrmfidoHxA8Ba9YeEPDfx88c+M/iLqUTtY+GLe1s98Sf8&#10;/F1L92CBf7zfM38Fe+/Gr4teH/gv4g8G6h4n/tLbqLXmn2cOn2Mt1LLKyRNs8pPm+6j186+Kvjn4&#10;P8M+PdR+JPwvbxJo/jC9iV9d0HU/C96ll4lVfuIz7G+zz/O2yVPl/vqy1FNVJ+8kTKMfgPp/QPA3&#10;xXg0LTY9V+LGmvqiW0a3bDRgczBRvOfNTPzZ/gX/AHV6AqfQP2g5dc0LTtSHwx8boLy2juNv9ljj&#10;eobH3/eiuXmqf1ym3untlcD8Svgj4F+MUFvF4z8J6X4kS2DeQ+o2yu0W772xvvLXeClwMVw80oy9&#10;06JRPhTwxJqP7CYvvCnirRLm8+Dkuoy3uj+MdHtml/shZX3PBfxJ86qvy7ZV/wDHvurwWt+HNbm+&#10;JOvfF7wreaHB4f1z4haTb2fi6wZpb77FP9kt3ffFL5Utqz7omt7hfkbe33q/Rya3iuoHhlVZY3Xa&#10;yMvysP7tfOnin9h/wgNan8QfDvU9V+EfiWX5pLvwtL5VpO//AE1s2/dMn+yu2u6NanKXvkR5qR5f&#10;rDfCr44+Nbmz8ZfBK2t7O61rVPD2j+I7W4iXUL29sUleWKWKLypYmdYpfK3M+7Z82zcm/wAhH7Hn&#10;7OfxFVJfBnxQ1vw5cTwaXKlrebblF/tH/jyT96qu7y/d8pJWZWPzba9e/wCFLfGb4ZfEOLxvN4H8&#10;D/GHWraSVotZsJ20PU2Zl8pppYmb7K0vlfJ5qr5u0bd1ebeHE+H3wt8c+Ete8S/DX4peBP7B1O91&#10;KWC70j7fY3Us7b4ka4g/5ZW7s7RfL/F81dlKriaX8GZPLQq/GcNY/wDBOdZ9V1d/APx18K6jdaO7&#10;i+kt3NvcWLq77vNeCZvK27G3bv7rVrap+zL8fvAHhq71dv2k9M07QLKWK3nvn8W6isUDMyLFE3yP&#10;sZmlX5f9paseDdX+GRfxTLL8e/D17fap4O1vwnFNq9jdWErSXkvmxSypL+6i2PvVoolVf4/vO1bm&#10;pfDj4Y33w58a+H/DXxM+FEMWsaH4atbW3fVooLeW/wBMmeW4llXb8vmr8vm/M3zNu/2uieJxkv4n&#10;/pBnLD4b+cztR/Yo/aX1qX7Brfxztn3Lve3l8UajK3y/e+XYn8LLXGQ/8E64E8PP4x8R/G7wmnh9&#10;ZfKl1uyia9Rn3bdiytL8zbvk2/er3LxroPwm11/jzqN18WPAOia18QLG1sNM1ax1iKeXTrWKyiil&#10;t3ddn7p5YnVkT70Wzf8A3V4afxH8GbbwYILz4q+EtF8TQ+LovFMVvoEWo6vZSyxWf2VVfyvKldtm&#10;998XlbW2f7zkMVjPsR/8kIjhsNy/Eaunf8E/vhZ4Y+HGq+Pf+Ew134i2VnpE+r2f9nXUVlZXqRRS&#10;y7PNiVm2ts2/ermfg9fx2fwx8d654P0XwD4J0qLwrBdRePbLRbxE0bVJZUX7E17c+bLdMkT7mliT&#10;bEzJXqfg/wCLmjzfBpPhl4F+FXj3xxpMul3Wm3N9p+hLoNlL5/m+a8Ty/LFv812/2f8Aaauv8M+A&#10;f2i/Fvh/SfD6Hwz8F/CtjZxWNrEjf25rEVvHGsSJvb91u2qu5qwqVa9X/eJm8fYUvgPOfgz8T/Dv&#10;wo8KeNdZ8Yy6X4b8P3F9E9hrmnaxqOrxeI5fK/evZrefvZXT5EaWJPKZnb5vkrqPAH7PeuftJ+J9&#10;d+I3jpvFfw78P38cFroHhzT9WltL1oYlZftF0q/Kskv93/7Fm9q+Fv7HvgT4ea/F4n1P7d448ars&#10;f/hI/E0/2q4i2fcESt8kSp/DtXcv96vfTwNtcUsRGP8ACKlGU5e+eBfDj9jb4e/DnxZa+JYBrWva&#10;7ZZazvPEGqy3v2XcuP3SO2xW/wBrbXvv8NLQzba5JVJT96QcsYj6KKKksZT6KKAI/wCGj+Giio+w&#10;H2RaimooraJEj42/bL+9P/uNX5i+Of8Aj9l/66UUV95g/wDd4Hz1f4hngn/kIxf71fp1+xn0t/8A&#10;dWiiljP4My8L8Z9nJU1FFfByPeiM/u0o6GiisX9ksSn0UU4gFFFFWB//2VBLAwQUAAYACAAAACEA&#10;C4UHLOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kjj0IQ2xKmqCjhV&#10;SLRIqDc33iZR43UUu0n697gnuM1qRjNv89VkWjZg7xpLEsQsAoZUWt1QJeF7//60AOa8Iq1aSyjh&#10;ig5Wxf1drjJtR/rCYecrFkrIZUpC7X2Xce7KGo1yM9shBe9ke6N8OPuK616Nody0PI6ilBvVUFio&#10;VYebGsvz7mIkfIxqXD+Lt2F7Pm2uh33y+bMVKOXjw7R+BeZx8n9huOEHdCgC09FeSDvWSoiXLyEp&#10;YR4LYDdfJMsU2DGodB4lwIuc//+h+AUAAP//AwBQSwMEFAAGAAgAAAAhAIyaf7vIAAAApgEAABkA&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDBigIxDIbvC75Dyd3pzBxkWex4kQWviz5AaDOd&#10;6jQtbXfRt7foZQXBm8ck/N//kfXm7GfxRym7wAq6pgVBrINxbBUc9t/LTxC5IBucA5OCC2XYDIuP&#10;9Q/NWGooTy5mUSmcFUylxC8ps57IY25CJK6XMSSPpY7Jyoj6hJZk37Yrmf4zYHhgip1RkHamB7G/&#10;xNr8mh3G0WnaBv3ricuTCul87a5ATJaKAk/G4X3ZN8dIFuRzie49El0T+eYgH747XAEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA0OBzzxQBAABHAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCYgPLGMAQAAAMRAAAOAAAAAAAAAAAAAAAAAEQCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQAdFllEwUwAAMFMAAAUAAAAAAAAAAAAAAAAAKAGAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQDbk4lsaSYAAGkmAAAVAAAAAAAAAAAA&#10;AAAAAJNTAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWdQSwECLQAUAAYACAAAACEAC4UHLOIAAAALAQAA&#10;DwAAAAAAAAAAAAAAAAAvegAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAIyaf7vIAAAA&#10;pgEAABkAAAAAAAAAAAAAAAAAPnsAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcA&#10;BwC/AQAAPXwAAAAA&#10;">
+              <v:group w14:anchorId="4D06006A" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.85pt;margin-top:21.05pt;width:564.95pt;height:799.2pt;z-index:-16060928;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="71748,101498" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAmIDyxjAEAAADEQAADgAAAGRycy9lMm9Eb2MueG1s3Fht&#10;b9s2EP4+YP9B0PfGerVsIU7RNksQoOiCNcM+0xRlEZVEjqRf8u97R4qyFrdoky5rOwO2SfNIPvfw&#10;nuPJ5y8PXRvsmNJc9KswPovCgPVUVLzfrMI/765eLMJAG9JXpBU9W4X3TIcvL3795XwvS5aIRrQV&#10;UwEs0utyL1dhY4wsZzNNG9YRfSYk62GwFqojBrpqM6sU2cPqXTtLomg+2wtVSSUo0xp+vXSD4YVd&#10;v64ZNb/XtWYmaFchYDP2U9nPNX7OLs5JuVFENpwOMMgTUHSE97DpuNQlMSTYKn6yVMepElrU5oyK&#10;bibqmlNmfQBv4uiBN9dKbKX1ZVPuN3KkCah9wNOTl6XvdtdKvpe3yqGH5ltBP2jgZbaXm3I6jv3N&#10;0fhQqw4ngRPBwTJ6PzLKDiag8GMRF9linocBhbE4irPlIhtIpw2czMlE2vz2pakzUrqtLcARkOS0&#10;hPdAErROSPpyMMEss1UsHBbpvmqNjqgPW/kCzlMSw9e85ebexiacHILqd7ecIr/YAT5vVcCrVZiE&#10;QU86kMRNRzYsSDAUvQXa4wmcTF+3XF7xtkXesT0AhYB+EBCf8NUF26Wg2471xqlHsRYwi143XOow&#10;UCXr1gzAqZsqhkMD5RpAKBXvjZOKNooZ2uD+NeD4AwSGQEk5DljQR5zogh7C65siZjx2UkqlzTUT&#10;XYANAAsggGtSkt1bPcDxJgOJDoGFBoAwO0C60Z4+6J0Q+ChFvW+IZAABlz2ecOpP+HrILylyONig&#10;5IbeZ+hJ47TIl5A/T2WVRkm6KCCfoaxAYVmR5bj2hCO6dRxNeYH0VDmGgKvGt+ih901kEjNlazOl&#10;gYAAdsMAMuXaHT9EOM7DRbEZ7FfhiKU5QsHxTuzYnbCWBmVu7ebLozsA9mjT9lNb8Mw7DVZ+zH9L&#10;u56z+afz3sJ/O8vpzo+1t8lqgoG2QjPHNBJgKR9JAbsp7Vq0vPJq1WqzftOqYEeA3yv7Gk5sYgYZ&#10;TQ9qwdZaVPeQLfYQPqtQ/70lmJramx6iFe8y31C+sfYNZdo3wt54ln9Qyd3hL6LkIBgD6fmd8EF7&#10;ohtnizN78WprRM2tqI6IwGvsgID+IyVlD5WUIXeIAdT2FUpK8jiKJqFHSn9BJcUyi6JBSWkSFeni&#10;uylpxAJK8lA+paTRbqKRb1eS39EFt1eQ/3ZKmu78WPvnUVKW5en81f9CSXhTwvunKWCgqpsWMFY2&#10;6ANegD9CAQMF1jMXMGkONXsB+4AQ8ySf57aImySXZJnOY8g7eE0nCdzm82IIVV8K+TrlBy9l5v6s&#10;fSkzf3ICLuI4SpIY50+YKpbwqOCfE+LFd6xnIMc5KJCFY4fkM0nYmf2rSdhuaC+3Sc1xkoPHjR9p&#10;/jwpOH+9fH3pMf/cxYx9ooQnbVvWDf8K4KP8tG+Ln+N/FxcfAQAA//8DAFBLAwQKAAAAAAAAACEA&#10;HRZZRMFMAADBTAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAABeIA&#10;AAhTCAYAAADAPjkiAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAgAElE&#10;QVR4nOzdsWrFSBJA0ZbQ///rJrswOzu9wZOfHE0w6NLQnAPGbXBQ8aUoHf/693/nf/74a/zxvzkA&#10;AAAAAIB3XX/NMf78a44/hXgAAAAAAHjduXoAAAAAAADYmRAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDKMcb1+w8AAAAAAOBdNuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELnGHP1DAAAAAAAsC0b8QAAAAAA&#10;EBLiAQAAAAAgdH1+zeFEDQAAAAAAvM9GPAAAAAAAhIR4AAAAAAAICfEAAAAAABC6b8Qfa6cAAAAA&#10;AIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidY8zVMwAAAAAAwLZsxAMAAAAAQOj6/JrDZjwA&#10;AAAAALzPRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACB0f6z1WDsFAAAAAABs6hThAQAA&#10;AACg4zQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNA5xlw9&#10;AwAAAAAAbOv6vqYgDwAAAAAAb7tP04jwAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACN0h&#10;/lg7BQAAAAAA7OgY43r+EOMBAAAAAOBt1882/Fw8CAAAAAAA7OgcQ4QHAAAAAICKj7UCAAAAAEDo&#10;tA8PAAAAAACd+2Otc4wpyAMAAAAAwNucpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITu&#10;j7Uea6cAAAAAAIBN2YgHAAAAAIDQaRseAAAAAAA61/elxwMAAAAAwOucpgEAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABC5xhz9QwAAAAAALAtG/EAAAAAABAS4gEAAAAAIHR9fs3hRA0AAAAAALzPRjwAAAAA&#10;AISEeAAAAAAACN0h/lg7BQAAAAAAbOp6nmI8AAAAAAC8zWkaAAAAAAAInTbhAQAAAACgYyMeAAAA&#10;AABC5xhz9QwAAAAAALAtG/EAAAAAABC6nqfNeAAAAAAAeNu9ES/CAwAAAABAwWkaAAAAAAAICfEA&#10;AAAAABC6b8Qfa6cAAAAAAIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAA&#10;AAAAISEeAAAAAABCQjwAAAAAAITOMebqGQAAAAAAYFs24gEAAAAAIHR9fs0xps14AAAAAAB4m414&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA6P5Y67F2CgAAAAAA2NQpwgMAAAAAQMdpGgAA&#10;AAAACAnxAAAAAAAQOseYq2cAAAAAAIBtXc9TkAcAAAAAgLfdp2lEeAAAAAAAKLgRDwAAAAAAISEe&#10;AAAAAABCQjwAAAAAAITuEH+snQIAAAAAADZ1PU8xHgAAAAAA3nYK8AAAAAAA0HEjHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoHGOungEAAAAAALZ1fX7NIcgD&#10;AAAAAMD7nKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE7o+1HmunAAAAAACATdmIBwAA&#10;AACA0GkbHgAAAAAAOjbiAQAAAAAgdI65egQAAAAAANjXZyNejAcAAAAAgMT1fYnxAAAAAADwOjfi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAoedjrcfCKQAAAAAAYFPnOIYIDwAAAAAAEadp&#10;AAAAAAAgJMQDAAAAAEDoHHOMMVePAQAAAAAAe3o+1irGAwAAAADA65ymAQAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIXd/XsXAKAAAAAADY1DmOIcIDAAAAAEDEaRoAAAAAAAgJ&#10;8QAAAAAAEDrHnGPM1WMAAAAAAMCe7o+1zjGmGg8AAAAAAG9zmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABC6P9Z6jHGsHQQAAAAAAHb02YgX4QEAAAAAIHGOQ4UHAAAAAICKG/EAAAAAABAS&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid&#10;c/UEAAAAAACwsevnIcgDAAAAAMD7zjFEeAAAAAAAqLgRDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACJ0+1QoAAAAAAB0b8QAAAAAAELqep814AAAAAAB4270RL8IDAAAAAEDBaRoAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQOsdcPQIAAAAAAOzrsxEvxgMAAAAAQOL6vsR4AAAAAAB4nRvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0POx1mPhFAAAAAAAsKlzHEOEBwAAAACAiNM0AAAAAAAQ&#10;EuIBAAAAACB0jjnGmKvHAAAAAACAPT0faxXjAQAAAADgdU7TAAAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHnRrwj8QAAAAAA8Lp7I16EBwAAAACAwrMRfyycAgAAAAAANnWOY4xxqPAAAAAAAFD4dSNejAcA&#10;AAAAgLedqwcAAAAAAICdnWMO32oFAAAAAIDIc5pGjAcAAAAAgNc5TQMAAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAg9H2s9Fk4BAAAAAACb+mzEi/AAAAAAAJA4RXgAAAAAAOi4EQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQ&#10;DwAAAAAAoet5znVTAAAAAADApu6NeBEeAAAAAAAKTtMAAAAAAEBIiAcAAAAAgJAQDwAAAAAAoTvE&#10;H2unAAAAAACATV3PU4wHAAAAAIC3nWOOMebqMQAAAAAAYE/PRrwYDwAAAAAAr/OxVgAAAAAACAnx&#10;AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAACha96P+bf/BgAAAAAA/BPnGCI8&#10;AAAAAABUnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFP3RrwIDwAAAAAABadpAAAAAAAgJMQD&#10;AAAAAEDoDvHH2ikAAAAAAGBTvz7WKsYDAAAAAMDbnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo+nnMlVMAAAAAAMCmbMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAoe+N+GPlFAAAAAAAsCkb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAk&#10;xAMAAAAAQEiIBwAAAACAkBAPAAAAAACha4wxxrx/AAAAAACAV9mIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhD4faz3uHwAAAAAA4FU24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHr+5oLpwAAAAAAgE19NuJFeAAAAAAASDhNAwAAAAAAISEeAAAAAABC3xvxrtMAAAAAAMD7Phvx&#10;x+IpAAAAAABgU9+NeDEeAAAAAADe50Y8AAAAAACEvhvxFuIBAAAAAOB9NuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhK6fx1w5BQAAAAAAbMpGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdH1fc+EUAAAAAACwqc9GvAgPAAAAAAAJp2kA&#10;AAAAACAkxAMAAAAAQOi5Ee8+DQAAAAAAvO7eiBfhAQAAAACg4DQNAAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAELpD/LF2CgAAAAAA2NT1PMV4AAAAAAB4m9M0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACA0DXGGPP+AQAAAAAA3mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELrGGOO4fwAA&#10;AAAAgHfZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACA0PU857opAAAAAABgU/dGvAgPAAAAAAAFp2kAAAAAACB0h/hj&#10;7RQAAAAAALCpXzfixXgAAAAAAHib0zQAAAAAABD6bsT7XCsAAAAAALzrGPdGvAgPAAAAAADvm8Np&#10;GgAAAAAASAnxAAAAAAAQusb43Kg5Fg8CAAAAAAA7shEPAAAAAAAhIR4AAAAAAELXGJ+vts65eBIA&#10;AAAAANjQZyNehAcAAAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;oU+IPxZPAQAAAAAAm7q+LzEeAAAAAABe5zQNAAAAAACEhHgAAAAAAAg9p2nGXDcFAAAAAABs6t6I&#10;F+EBAAAAAKDgNA0AAAAAAISEeAAAAAAACN0h/lg7BQAAAAAAbOrXx1rFeAAAAAAAeNs3xM/pg60A&#10;AAAAAPCmY9ynaUR4AAAAAAB43xxjnBI8AAAAAAB0ztUDAAAAAADAzoR4AAAAAAAInWN8jsUDAAAA&#10;AADvu34ivBgPAAAAAADvc5oGAAAAAABCQjwAAAAAAIQ+Id5dGgAAAAAASFzflxgPAAAAAACve0L8&#10;mOumAAAAAACATbkRDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACP36WOuxbgoAAAAAANiU&#10;jXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFOnAA8A&#10;AAAAAJ37NI0YDwAAAAAABTfiAQAAAAAg9NyItxQPAAAAAACv+2zEi/AAAAAAAJBwmgYAAAAAAEJ3&#10;iD/WTgEAAAAAAJs6RXgAAAAAAOg8H2sV5AEAAAAA4HXfEO97rQAAAAAA8K5j3DfiRXgAAAAAAHjf&#10;HGOcIjwAAAAAAHTO1QMAAAAAAMDOhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC55irRwAAAAAAgH1d&#10;35cgDwAAAAAA7zqcpgEAAAAAgM78CfG24QEAAAAAIGEjHgAAAAAAQkI8AAAAAACEPiH+WDwFAAAA&#10;AABs6vq+xHgAAAAAAHjd9RPgfa8VAAAAAADed44hwgMAAAAAQMXHWgEAAAAAICTEAwAAAABA6PlY&#10;qwM1AAAAAADwunNMAR4AAAAAACr3aRoxHgAAAAAACneIP9ZOAQAAAAAAm7q+Ed5SPAAAAAAAvO7z&#10;sdY5hq14AAAAAAB437l6AAAAAAAA2JkQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnx&#10;AAAAAAAQOufqCQAAAAAAYGM24gEAAAAAICTEAwAAAABA6Pp5OFEDAAAAAADvO8cQ4QEAAAAAoOI0&#10;DQAAAAAAhM4xxjhWTwEAAAAAAJv63ogX4wEAAAAA4H1O0wAAAAAAQOi0CQ8AAAAAAB0b8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEDoep5z3RQAAAAAALClw0Y8AAAAAAB0phAPAAAAAAAlIR4AAAAAAEK/&#10;bsQf66YAAAAAAIBN2YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgdM7VEwAAAAAAwMZsxAMAAAAAQOj6ecxhNx4AAAAAAN52SvAAAAAAANC5T9NI&#10;8QAAAAAAULhD/LF2CgAAAAAA2NQpwgMAAAAAQOd6noI8AAAAAAC87Vw9AAAAAAAA7EyIBwAAAACA&#10;0Pc0zVw5BQAAAAAAbMpGPAAAAAAAhIR4AAAAAAAICfEAAAAAABD63og/Vk4BAAAAAACbshEPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAhdY96v+bf/BwAAAAAA/AOfjXgRHgAA&#10;AAAAEk7TAAAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACErp/HHHPlHAAAAAAA&#10;sKVzCPAAAAAAAJC5T9OI8QAAAAAAUHAjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELq+&#10;r+mDrQAAAAAA8DYb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNDzsdZj4RQAAAAAALAp&#10;G/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ92Otc+UUAAAAAACwqXMMER4AAAAAACpO&#10;0wAAAAAAQEiIBwAAAACAkBAPAAAAAAChc4wxjtVTAAAAAADAho4xxvX7DwAAAAAA4F1O0wAAAAAA&#10;QOi7ET/mwikAAAAAAGBTNuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0HMj/lg4BQAAAAAAbMpGPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAA&#10;AAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoGmOMOcaYc/EkAAAA&#10;AACwoVN/BwAAAACAjtM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQOj6vo6FUwAAAAAAwKa+IX76aisA&#10;AAAAALzuHGMMDR4AAAAAABpuxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAIXd/XXDgFAAAAAABs6rMRL8IDAAAAAEDCaRoAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhM65egIAAAAAANjYNcYY8/4BAAAAAADe5TQNAAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQD4P3t3jCo7FgNQUG28/y1rgtfuySYYfDCYqo/pG7xA8UHoAwAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAITO2ZnZmd2nRwEAAAAAgPexEQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTOz3w8AAAAA&#10;ALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQufOzM7M7tOjAAAAAADA+xxzlXgAAAAAAOB2TtMAAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpndmZm9vsLAAAAAADc55gR4QEAAAAAoHJI8AAAAAAA0HEjHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQOn+vfXAKAAAAAAB4KRvxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;IHTOzOz3AwAAAAAA7mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTszO7P79CgAAAAAAPA+NuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQOndmrg8AAAAAALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAofPvZ78fAAAAAABwJxvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2ZmZ3YfngQAAAAA&#10;AF7mM9+NeA0eAAAAAADut+M0DQAAAAAApIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0LFPTwAAAAAAAC9mIx4AAAAAAELnzMx+PwAAAAAA4F42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQufvtezbWWkAACAASURBVA9O&#10;AQAAAAAAL/W3ES/CAwAAAABAwmkaAAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEAAAAAAC91zIjwAAAAAABQ&#10;cZoGAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIHbNPjwAAAAAAAO91Xo9dRR4AAAAAAO70&#10;mes0jQYPAAAAAAC323EjHgAAAAAAUkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISOfXoCAAAAAAB4sWNmRowHAAAA&#10;AICG0zQAAAAAABA6r4eteAAAAAAAuJ+NeAAAAAAACAnxAAAAAAAQEuIBAAAAACD0uxH/eXIKAAAA&#10;AAB4KRvxAAAAAAAQEuIBAAAAACD0O02zT04BAAAAAAAvZSMeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHTOfl/7n38HAAAAAAD8D38b8SI8AAAAAAAknKYBAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidOzPXBwAAAAAA3MtGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND5e+2DUwAAAAAA&#10;wEvZiAcAAAAAgNBvI95CPAAAAAAA3Osz3414ER4AAAAAAO63M3P+IvznwUkAAAAAAOCl3IgHAAAA&#10;AIDQ+VuEd58GAAAAAADu9fluxLtKAwAAAAAAgZ05r7cYDwAAAAAA93MjHgAAAAAAQr+NeCfiAQAA&#10;AADgXp/5bsSL8AAAAAAAcL+dmUOEBwAAAACAjhvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQOj4OxXv&#10;UjwAAAAAABTO67FiPAAAAAAA3O6YsQ8PAAAAAAAVN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgND5e+2DUwAAAAAAwBt9ro14ER4AAAAAAO63TtMAAAAAAEBKiAcAAAAAgJAQ&#10;DwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhM7Zv8fus4MAAAAAAMAb/W3Ei/AAAAAAAJBw&#10;mgYAAAAAAEJ/If7z8BQAAAAAAPBS5y/Ci/EAAAAAAHA7p2kAAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2b2+wEAAAAAAPf5jI14&#10;AAAAAADI7MwcNuEBAAAAAKBjIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;ICTEAwAAAABASIgHAAAAAICQEA8AAAAAAKFz9vva//w7AAAAAADgf/jbiBfhAQAAAAAg4TQNAAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAChc2Zmv/8AAAAAAID7fMZGPAAAAAAAZHZmjrEJDwAAAAAAGRvxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh8/faB6cAAAAAAIA3+tiIBwAAAACAzl4h3jY8AAAAAAAkbMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAocN5eAAAAAAA6Jwzf/9XqyAPAAAAAAD3c5oGAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDomH16&#10;BAAAAAAAeC8b8QAAAAAAEDqvx9qMBwAAAACAW30+3414DR4AAAAAAO63e52mUeIBAAAAACDhRjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAAKHzeuyTUwAAAAAAwEvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCvxvxjsQDAAAAAMD9bMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAoX9vxH8enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAChY2dmn54CAAAAAABe6rweq8YDAAAA&#10;AMDtnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgdP797Mzus5MAAAAAAMAL/W3Ea/AAAAAAAJBwmgYAAAAAAEJCPAAAAAAAhP5uxH++HwAAAAAA&#10;cCsb8QAAAAAAEBLiAQAAAAAgdO7MXB8AAAAAAHAvG/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACJ2/1z44BQAAAAAA&#10;vNQxOyI8AAAAAABEnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpnZnZmdh+eBAAAAAAAXuhvI16EBwAAAACAhNM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid12OfnAIAAAAA&#10;AF7qmBHhAQAAAACg4jQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQOq/HPjkFAAAAAAC8&#10;1CHAAwAAAABA55ixDQ8AAAAAABU34gEAAAAAIHTMzHyengIAAAAAAF7qvCK8GA8AAAAAAPdzmgYA&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHT+/ezs7LOTAAAAAADACx3yOwAA&#10;AAAAdI6ZsQsPAAAAAAARN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEjtmnRwAAAAAAgPc6r8cK8gAAAAAAcLu/0zQiPAAAAAAAJNyIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAAKFjn54AAAAAAABe7JiZEeMBAAAAAKBxXg8xHgAAAAAA7udGPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAA&#10;QkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAITO32sfnAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTMz&#10;+/0AAAAAAIB72YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEA&#10;AAAAAC9lIx4AAAAAAELHjm14AAAAAACo2IgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonJmZndndh0cBAAAAAID3OWYEeAAAAAAA&#10;qHxP04jxAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AgH/Yu4MUyZUkgIIuEfe/cswiVZW1aviDHgJhBqKjoRa+&#10;fjieAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonP30CAAAAAAA&#10;8F5rZmb29QEAAAAAALdymgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAIre/TkXgAAAAAALibjXgAAAAA&#10;AAgJ8QAAAAAAEFp7PkdpHKYBAAAAAID7/bkRfzw3BQAAAAAAvJTTNAAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABBa3+d+bgoAAAAAAHgpG/EAAAAAABAS4gEAAAAAICTEAwAAAABA6M+N+OO5KQAAAAAA4KVs&#10;xAMAAAAAQGjNzOzrAwAAAAAA7nOMjXgAAAAAAMjsEeIBAAAAACAlxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qnD0iPAAAAAAARJymAQAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQmpnZ&#10;1wcAAAAAANzLRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGh9n/u5KQAA&#10;AAAA4KVsxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo3E9PAAAAAAAAL7Z+HluRBwAAAACA250zIjwA&#10;AAAAAFTciAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACB0zuynZwAAAAAAgNe6NuLFeAAAAAAAKKzvU4wHAAAAAIC7uREPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhP7ciD+emwIAAAAAAF7q/AR4ER4AAAAAAApO0wAAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTN7Ph8AAAAAAHC39fPYYjwAAAAAANzulN8BAAAAAKBz&#10;zjhMAwAAAAAAFT/WCgAAAAAAISEeAAAAAABC6/s8npsCAAAAAABe6tqIF+EBAAAAAKBwivAAAAAA&#10;ANBxIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AIDQ+nns/eQYAAAAAADwTjbiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ&#10;ObPn8wEAAAAAAHdb36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEPrz&#10;Y63Hc1MAAAAAAMBLXRvxIjwAAAAAABROER4AAAAAADpuxAMAAAAAQOic2U/PAAAAAAAAr3VtxIvx&#10;AAAAAABQWN+nGA8AAAAAAHdzIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIrZnPdXgX4gEAAAAA4H42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQmv2zO8HAAAAAADc57ARDwAA&#10;AAAAnS3EAwAAAABASogHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBo7eux//lnAAAAAADA/+OcEeEBAAAAAKDiNA0AAAAAAISEeAAA&#10;AAAACK3PP3scqAEAAAAAgPvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC14344/oAAAAAAIA72YgH&#10;AAAAAICQEA8AAAAAAKHrNM2+PgAAAAAA4E424gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHrx1qP6wMAAAAAAO5kIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAAKH189hPTgEAAAAAAC90zLURL8IDAAAAAMD99jhNAwAAAAAA&#10;KSEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQWjPz+dnW/ewgAAAAAADwRjbiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;nfvpCQAAAAAA4MXWz2OPJA8AAAAAAHc65jpNI8IDAAAAAMD99rgRDwAAAAAAKSEeAAAAAABCQjwA&#10;AAAAAISuEH88OwUAAAAAALzU+j7FeAAAAAAAuNsV4vf1AQAAAAAAd3IjHgAAAAAAQkI8AAAAAACE&#10;ThdpAAAAAACg87kR70Q8AAAAAAAknKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEPj/W&#10;ehyfDwAAAAAAuJWNeAAAAAAACJ1jER4AAAAAADI24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQufsp0cAAAAAAID3shEPAAAAAAChtWdm9sy2GQ8AAAAAALc7Z8Z1GgAAAAAA&#10;iDhNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACK2fhx9sBQAAAACAex1jIx4AAAAAADJ7&#10;hHgAAAAAAEgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDkmJn19z8AAAAAAMC9bMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh9flnz+z97CQAAAAAAPBCn414DR4AAAAAABJO0wAAAAAAQEiI&#10;BwAAAACA0CfEHw9PAQAAAAAAL7V+X2I8AAAAAADczmkaAAAAAAAICfEAAAAAABD6PU2zn5wCAAAA&#10;AABeykY8AAAAAACEvj/WaiceAAAAAABud23Ei/AAAAAAAFBwmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAIXSH+eHYKAAAAAAB4qfV9ivEAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAitmZk9M3s/PAkAAAAAALzQZyNehAcA&#10;AAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0NrXY//zzwAAAAAA&#10;gP/qmGsjXoQHAAAAAID77XGaBgAAAAAAUkI8AAAAAACEhHgAAAAAAAidM59j8QAAAAAAwL2OmVnH&#10;n/8AAAAAAAD3Wr+v/eAUAAAAAADwUm7EAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQt8f&#10;az0enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGjt67H/&#10;+WcAAAAAAMD/45wR4QEAAAAAoOI0DQAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAA&#10;AABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC6/e1H5wCAAAAAADe6LARDwAAAAAA&#10;nS3EAwAAAABA6nuaxm0aAAAAAAC43bURL8IDAAAAAEDBaRoAAAAAAAgJ8QAAAAAAELpC/PHsFAAA&#10;AAAA8FJ/fqxVjAcAAAAAgLs5TQMAAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQWt/nfm4KAAAAAAB4qWsjXoQHAAAAAIDC70a8FA8AAAAAAPc65ncj/nh0EAAAAAAA&#10;eKM9M2vPzza8GA8AAAAAAHc7nx4AAAAAAADeTIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgtH4ee/aTcwAAAAAAwCtdG/EiPAAAAAAAFJymAQAA&#10;AACAkBAPAAAAAAChK8Qfz04BAAAAAAAvtb5PMR4AAAAAAO7mNA0AAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEFrf535uCgAAAAAAeKXDRjwAAAAAAHT2T4i3DQ8AAAAAAAUb8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEDonO0+PAAAAAAAVNbMfH6rVZAHAAAAAIDbXadpRHgAAAAAACi4&#10;EQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELpC/PHsFAAAAAAA8FLr+xTj&#10;AQAAAADgbk7TAAAAAABASIgHAAAAAIDQ6SQNAAAAAAB0bMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhNbMzL4+AAAAAADgPsfYiAcAAAAAgMweIR4AAAAAAFJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgSb8QqgAADElJREFUJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABAaM2+XvuffwcAAAAAAPxXx89GvAgPAAAAAAD3207TAAAAAABASogH&#10;AAAAAIDQmmPm9wMAAAAAAG5lIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z/bTMwAA&#10;AAAAwGudOjwAAAAAAHTWnpnZM3sr8gAAAAAAcKdjrhvx21o8AAAAAADcbo8fawUAAAAAgNQV4o9n&#10;pwAAAAAAgJda36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACE1szx+dnW/fQoAAAAAADwPqcADwAA&#10;AAAAHadpAAAAAAAgJMQDAAAAAEDonOPpEQAAAAAA4L3WzMwc1wcAAAAAANzKaRoAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQObOfngEAAAAAAF5r&#10;fZ+CPAAAAAAA3O06TSPCAwAAAABAwY14AAAAAAAICfEAAAAAABD63Ijfh+s0AAAAAAAQ+PNjrcdz&#10;UwAAAAAAwEs5TQMAAAAAAKHTJjwAAAAAAHRsxAMAAAAAQOhzI/4Yi/EAAAAAABCwEQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEFozM/v6AAAAAACAe9mIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdM7sp2cA&#10;AAAAAIDXWt+nIA8AAAAAAHe7TtOI8AAAAAAAUHAjHgAAAAAAQkI8AAAAAACErhB/PDsFAAAAAAC8&#10;1J8faxXjAQAAAADgbk7TAAAAAABAaM0cM3s+HwAAAAAAcCsb8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEDoE+KPh6cAAAAAAICXWr8vMR4AAAAAAG7nNA0AAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qsxEvwgMAAAAA&#10;QOIU4QEAAAAAoONGPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAAKFzz356BgAAAAAAeK01MzN7Zm9BHgAAAAAA7nbOzNiKBwAAAACAhhvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJrZl/P/c8/BAAAAAAA/rtrI16EBwAAAACAgtM0AAAAAAAQEuIBAAAAACB0hfjj2SkA&#10;AAAAAOCl1jfCi/EAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QGjN7Ou5//mHAAAAAADAf3dtxIvwAAAAAABQcJoGgP+1c+8qVkRBAEVPyxFE0cTEXEX//z8Eg9FI&#10;A0XGYAQZH/hAvQa23Gxg4G4amrWSrqCDijeHAgAAACAkxAMAAAAAQGj++yyO0wAAAAAAQGCOsazj&#10;cuWPAAAAAADA9TlNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCN8Y4bL0DAAAAAADs1jyOgjwAAAAAAJzaeppGhAcAAAAAgIIb8QAA&#10;AAAAEFpD/LLtFgAAAAAAsFPzGOHFeAAAAAAAODWnaQAAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIzf/DYcstAAAAAABg&#10;h5axvogX4QEAAAAA4PQOw2kaAAAAAABIzeN7eO/iAQAAAADg1NYX8SI8AAAAAAAUnKYBAAAAAICQ&#10;EA8AAAAAAKE1xC/bbgEAAAAAADs1jxFejAcAAAAAgFNzmgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQnOMwzoervwR&#10;AAAAAAC4vvVFvAgPAAAAAAAFp2kAAAAAACAkxAMAAAAAQGgN8cu2WwAAAAAAwE7NY4QX4wEAAAAA&#10;4NScpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQmmMc1vFw5Y8AAAAAAMD1zZ8/vo9vXz+Pr5++b70LAAAAAADszvxy&#10;+XF8eH8+zi8ut94FAAAAAAD2ZRljXrx/O16dPR+v37zbeh0AAAAAANiZZcyL87fj9dmzcfbi5dbb&#10;AAAAAADAvizLmHdu3Rz3790eD+7f3XodAAAAAADYlWWMMR8/ejj+/P41nj55vPU+AAAAAACwO38B&#10;V3I6K0tXwg4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhANuTiWxpJgAAaSYAABUAAABkcnMvbWVk&#10;aWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBkAGQAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUF&#10;BAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQF&#10;CQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FP/AABEIAIEAggMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1&#10;EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoW&#10;FxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy&#10;8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUE&#10;BAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkq&#10;NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAM&#10;AwEAAhEDEQA/AP1TooooAjxto/gqCWaO2jeR2CIq7mZ/lVa/Pn9or9vPW/Gvic/DX4AWc+v61eu0&#10;D65Yx+a7uPvfZd3yqi/x3D/KvzMv8Mta0aMqsvdMalSNKJ9V/Gn9qD4d/AWx3eKdeSPUHXdFo1qP&#10;NvZR/wBcv4V/232r/tV8d6x/wUI+Lvxs1C4034J/DWY28T+S2ovA168X913b5IIv912auM8Ifs5+&#10;DfBWt3WofFLVW+KXj+VmuLrR4ryV9Pspc/P9quvvXUqt95fu/e3J/FXqN/421jUdPh0uKaPSNFiT&#10;ZFpGlRJa2sUX91Ei/h/3t1fZYDI/bR54Q/7elsfmuf8AGOFyiXsZ+/P+WJ5nr/w2/aK8VZuviT8c&#10;NK8Do7fvbGXXGD/+A9miRf8Aj1cxN+yh4N1BfN1f9oi5vLp/9b9l8L3kqf8AfbS13niVEh0t5WXZ&#10;5Uq1S/4QzxAkc07aVEiRbX2PdIjsuze//fH8X+1W+PlhMjlCGKxPJzHHkmeV87oTxFKicpD+yx4a&#10;0n9/4c/aQazu/wCH7X4evLJP+/sUtdjoHhD9qz4fxLc+BfinYfEe1SPetpBrSXTeV/1yvF+X/gD1&#10;g/M++KWKWF0+R7e4XypYv99K7FtTsLaRYpbuOF1+VS77PmX/AGv71ejHC08RTVaWJjPm+HnOPNOJ&#10;q+U8nLh+b+blNnwj/wAFL/Ffw91iHw98a/h3eaRdsNwuLe2e0uNn97yJfll/31dVr7O+GPxr8FfG&#10;nRjqPgvxDb6ykSqZreN9txBu/wCesTYZP+BL/u18hS+LLjWdDbQ/E1tZeMNAlfbLpuvwfalb+Hcr&#10;P8yt/dZW+WvG7r4AxJr3/CU/s8+ItS8OeL7N3l/4Q6+vNtw6p9/7BcP8s67f+WUvzMu/e/8ABXh4&#10;7JPZe9P3f70fgPocg4sw+cx5KXxx+zI/W7oKToK+J/2Tf29YfiNqkPgX4lQf8I14+ilNmks0TW8N&#10;5Kvy+U6t/qp/9lvlZvu7d6rX2zXyNajVoT5Jn6DTqRqx90fRRRWRsFFFFADcjNN/hox6V8j/APBQ&#10;b9pN/gl8K/7G0a8e28V+Ile3geHiW1tfuyzJ/tfOqJ/tPuX7la0aMsRU9lAzqSjCPMeK/te/tF+J&#10;/j58QE+BHweDXcM07WurajFL+6umX/Wozr921i/5at/G3yfd/wBbg6HZ+H/gX4an8I/Dq6+13t0u&#10;zxD4zRdt3qkq/figf/llbI39z73/AH07yfC/4Wn4DfCSbRpImtviN4ptI5Ncm/5a2Ns3zRWCN/Bu&#10;X5pf9p/9zbk6D4en8Q6l9jiZrO0g/wCPq48rfs/6ZJ/dZ03/AO7X2NR4bKsD9dxf8GH/AJOfBVc2&#10;+u4mWBwkuaqUrO5i0qVJ1iVEi+TYnyJ81eh/8Ifp9nbyz65fNNKi75bhLloreJf76RI/935f4t2/&#10;/brj/FWg2fh7UtPsbaWSaVrWWW6e4l3u3z7Ed1/h/j+5V6NrIaBDd6hMsWm2atKwupf9Hgdfvtsb&#10;7v8A9nXiYuljOMcHh8RluI9lS+2fL4+pg8hrzq4rCe1q/BAhmh+0+HL1vLkht5ZWltbeZmd4ot/7&#10;r73z/wC1Vj/hZGteUirbae8qKqNcStK+9/7+z/PzV59P8cJvFsF1b+B/B2r+MIl3o15sNvat/wAD&#10;f/7GuYvPi5faJOmla14K1nTfFEu1LPSUXzUvN3/PKX+7/wB9V6uZYThvMY0sLiqsZzpD4XwOd4Sl&#10;Vq8nsvay+E9KR57zUvPvJ5Ly7llTzbh/vt/cRP7qp/crt9N8QaVYabaaRqrJC0UTxM9xA3lS7nbf&#10;tbbt+dfn/wCB14tZv8W7ZotQl8C6JMiMj/2cmp/6R/uff+9Xa+CvirZeL9SuNEubHUPDviO3XdLo&#10;+qxbZWVfvMr/AHZV4rixOW5FxTQhl+FxHJKl8PKPM8RnHD9X67Sw8atL7Rs/bbaztb7+zZ2vNMii&#10;R7Z/KZEidv8Alkjt95U+Ta9czDcxeanlT7LiJt8TwtsdHX+NH/vJ/sfdrd8WzSSWSQK2JXVnX/2T&#10;/wAfrq7az0Xxt4VigtomeKyXZFCisktnKqbd+xX+9/6FW+d5zLg7D4fBSh7WHwzkcPCuE/tOOIxs&#10;P3U5e8cd488D6d+1BZxWmoy22j/Fm3i8rR/ELbYotdVfuWV7/wBNdvyrL/8Ast7F+wx+1tqfia5l&#10;+EvxLaew8daQ721ncagNs12kX37eX/prFt+//Ev+18z+HaPZtrEsUEqtD/z1/hddr/8Ajrb0qb9o&#10;/wAFXPjTw0nxb8OTSWfxD8HeQ+rvbt++vLGL/VXv955YPlV3/iXf/dSvUxWXxr4aFaH8Kf8A5IfX&#10;YHPaUcZ/Z85/vT9VsAUcGvDv2Tvj9D+0F8IdO8RsYo9Zi/0XVbeJv9Xcr95tv9112uv+9t/hr3ED&#10;FfBVKcqUvZzP0SnKM480SSiiikWVJACp96/K/Sdeh/af/bR8S+PtXT7X4J8BJ9pgiJ3RSLBK6WUW&#10;fmX97Lvl2/79fen7Vnjpvhp+zz488QRSeTdw6Y8VrJu27Jpf3UTf8Bd1avz8+BGnSeAP2U9Mv4P3&#10;Oo+O/ENxeyTI3+ts7P8AdKjL/d83c3/A6+hyrDufvL7XuHz+bV6tOhP2Pxcp6HrOtTapc3mrapP/&#10;AKTdSNLI7/3mb7i/+gqtY39q3miXFxfaYypFcS7Ly0uIvuyr9x3/AIlbZWl4SSLxFqtxdywM8NlF&#10;FFEjujokrfO77Pvbtu3a/wDv1FeIt/r3iBWXMUsqRMjrs+dYk3v/AJ/uV3Vs4ocQZxPhueH/AHED&#10;8Eo5biOHMHDP6tX97ORx7vLdXtxdSt51xPLvZ/8A0BE/2f8AYrz7xRdWXj74g+Evh42oRXOlPcy3&#10;+sW9vP8AO3lI7JE23/cf5f8Abq98bNVvPB/w+1uWC5Wzu2aK1iuN2x9kr7XeL/a2767vwH8LvCHg&#10;zSNHk0XSraa4itUeLVpov9Il81Pnl3f7e/7n8FeXxbnNLhvAf2bQhyc5+u5RhqWKjDMKvvD/AIj/&#10;ABBs/hf4atZfskbwtL5VrYwt5UUUSpulb5VbaqLs/h+86b62vDHiex8W6TFrGmeZ9n3SxbLiLZLB&#10;L8nmxf7P8H3G+an6x4e0zxCtuuq6fBqSQS+bElxv+Vv/AGZf9h/laiZ9K8IaJLOy22laVZLvZIot&#10;iLuf+BV+8zs33E+Zmev5n9pSrYfkhze2Pr+ahVocsYfvTjfi/wDEu98A2dpFptj513db5ftcsW6K&#10;JF++m3+Jvuf7q72rL+ImrXmteFPh3470zQ7u91LT76Kd7S3i3SrBKrrLEn/TLenyv/tq38denabq&#10;sepadFd2M6zWV1F5sUqfclT/AHP/AIure9t+7f8APXfgsyWWVIVaUOWrAxrewq0PqsqXv/bPGrb4&#10;xaV4k8ULp99peqeGdQuvls7fW7Xykl2/wI/96uk8nyZ/PVpba4X/AJeLeV4pf/Hat/G/SrPXvhL4&#10;l/tL5/sdm2oWtw7fPBLF/qnR/wDxz/gdN8EW9xrun6Te3qZkNnFLKn9+Vokf/wCyr+m+F87/ANb8&#10;LP63S9+B+fZtSweQ4P6xR92MTovDmk3cVpKtnZ+dKux53eVYtm75/K+b7zbfn/4HXReBvFkejapZ&#10;arEv2uwl3pcxMu9J7VvlliZP93d/wKqOj61Fol9NDfS+Tp91LviuH+5FK330l/2X+Tazf7tYOpaw&#10;tve62sDb3lvpW3pL5qJ8ib3R/wDb/wDHK0y3NswqZ1iMlxtLlw8fhPgK+V0MVhcPnWW1ebEc3vFj&#10;9le+P7LX7Z+u/C+W5ceFPEuxdLmd9yPGyvLZN/vbWaL/AHq/T2vyD/aUF3B4C+DPxOsfMj1Xw5qM&#10;vhyW4dv+eD+fZf8AfC+atfrD4S8RQeK/DOka5bcWmpWcV3F/uyorr/6FXk5rS96FV/4f/AD9+y6p&#10;z0jeooorxD1z4y/4Kk62dH/ZpSBW41HWYLdl/vKsUsv/ALSrw3xBo/8Awj3w6+DGjbvks/Bdldsn&#10;/TWfcz16v/wVrt5W/Z50KWJd+zxBEjf8CtbquG+ImltquifDvULWXe8vgvSdsL/cZfKf7v8AtV9n&#10;kkOd0ow/vfkfFcQYulhKU51fhPPYZrm2+0XkEVy6W8SS3T27MiJFv/5a7f8AP32rrtNeC5tYns2V&#10;Lf8AhRP4Ku/DGwiTSbud7aX7Q15KkryxL86L/B/u7P7/AP6BXCaDfto6bYlV4lZomRJd6Mqu+zY/&#10;8f8Av1HC+fwxedYvDzpcvL9o/OeKsg+u5dSxFGr/ANumV8ctNt7aXwd4kvrSTUtI8PaqtxqdusXm&#10;7YG2KkrL/EqN/wChV6HN4h0qHR5dZl1W2/sryvP/ALQSVXieL+Bkb/b/ALn9+i/ij1nRbu0t5VP2&#10;2zlt1l/2pYnT5q85+EVlpPiv4R2/hPUbbbdaNus9T09G2y28qys6S/L8y7vvK3+/XyXidlcJ1aWP&#10;fwHqeHuYLE4D6hif+XR1Hw9+IumfEvRrjUNNilhSCXypbeWVJXX5NyP8v99f++W3rU3jnwBp/wAR&#10;dIi0/UJbmFIpftCvaMm/ds2/xf7P8f8ADUvhXwJofgdrv+w7FrP7VtVkeVpdirvZETd91dzM9YXx&#10;ks/EF/4NWDw1FdzXbXivL9hdt/lbH2fdZW2+b5X+795vlr8GgqTxtsJ7h+vR5Z4z/ZPcgbfgrwhb&#10;eAfDjafBeSzWiSS3DTXCqqRbvvbV+6qfJub/AGtzVX8JfEfQfHOqarY6RLLM9mu95XVUSWLfs82L&#10;5923d/fVf71S+C18QXnhVIPGEEb6lLvilT91+9i2qv73ymZdz/vfufw7f4qqaX8NdB8E317r2lWc&#10;8N3b2c7rby3LPEjbPnfe3zbnVVXez7VrTkhVnOGJ9+qFT2XNV+se9M539oLw/qGqeEP7Xgvlm0/R&#10;GW/vNBuF/wBH1GKJtz+a6/NuT+592vQtHaGXSbKeAN5VzFFcK7/f/eru/wDZ685i1jX/AI5+GIoL&#10;PR38J+ENUiVr6/u7mKe4uot3zxQKn3N2z/WtXo99ew6PZKBGqKkaxQQ/7KrtX/gKLX9P+G+XY7LM&#10;DL67DkgfgHH+NpY14fK8LPnq/aI9Y1aPSon2svmuv8f3ET++1ckEZERWikh81d8SSxNFvX++lWra&#10;8ZNe0q5nlX/j+ieV5VV0Xc+z+L5f4/8AgNdj8SfNv73SrOJmmu0llllh835FXZt3v/F/uv8A79dO&#10;ccSV6Of4fLIUv4v2j08kyTDZTlU8RVmcT8SNNbWP2Rviarfc0bXNG1df9nzZWgZv++a+7P2L9abX&#10;P2W/htcMcvFpa23/AAGJ2h/9p18ZfEC0g0T9kv42BpfOmuk0aLH8G77b8u3/AMer66/YKtWi/ZK+&#10;HiP98290/wD31dyt/Wss6hyRnzfz/wDth+i8PYunjsPGrR+H/wC2Poqiiivjj7A+U/8AgpJ4WfxD&#10;+yzr1xFF50mlXdre7f8AZ3+U/wD45K1fP3gjUT4n/Z2+EGtE7ni0qXQ5v70TWcjRbW/4Clfe3xP8&#10;HQfEj4e+I/C04CRavp01n5rjOxmVlVv+AttavzC/Zbv9Sl+E3xP+G86ND4g8Haj/AMJJBabd7tF/&#10;qL2L/gDpu/4HX2GRYiNBwnL7E/8A0o+F4qyuWZ4CrQh8R3ms6at+fsyR3M1xdMiLDby7PNfZ/H82&#10;3btT+OuU2Mm/5WRIpfKbfF5TxP8A3HT+Fq2tK8QxTa9ojXkXyea8W+3XfueVNsT/AOz/AL9dP4ms&#10;Fj8Rwv8Au3mltmivLfb96Jf9VK//AKCv+zvqK+dzwnE39mxw/u1ftn5xluX18syCeNqz5pUvsHE6&#10;PqrabK6/fib/AFqf+zpSeLPhvpviy8h1u0ubnSPEkUX+i6vpUvlSyr/dl/hlX/eq3f8Ah5od0tpu&#10;mT+JP40/3P71RaPqv2NvIlb/AER//ITV+l1aFLEw+r4qHNE+fqVfrE/7VyefJV+2eS/EhfGmieBd&#10;d1FviNrNz9niR/s6WsVu7fvU+/LF81RaD+0b4nsLNItV0rT/ABI+xNt2krWVw/8Avbd0TN/tfLWv&#10;+1DcpbeGtP0+JovN168VGTf/AMsov3sr/wC6/wAleNf7v3a/COLcryzDVY4elRP6w8PsNS4kyn67&#10;jYHoWvfHvxR4qmsdKs4LbwfZajdRWFzcWkrXF95Ur7X2Sv8ALF8v9xN1dn/wrvV9bhXw9feN9f1L&#10;w6/yNpVw0SO0Sv8AcllT5mWvn/VrlrOyS8i+9ZSxXS/9spUevsvSoYrCye+nbyfNXzf9yJvmRP8A&#10;gde7wdlOXYmh79L4D5LxOq/6sRhDL/t/+lFtfsmhaesccaw2tvEsUcS/L8q/cRa5S5uZby4eeR/n&#10;f/vhE/uVLf3k+q3SfK39yK3T+CtjSvDywukt3td/4Yf4E/3/AO9X67L978Pwn864SNDIaU8XjZ8+&#10;ImZlhoMuqq/nrstG+Rt6f63/AHK6aGza2V2a5nvHdVi86Zt77F+4lWvCulW2t6XNquoRW1yt1K7x&#10;JcKuyKJX2J8/8O/Zurkv+Etb7BL9htmhi3P5XnN5svlb/kT/AGq/Pck4ky7Oc2q0oYf38P8AbPYz&#10;vIs6xeDpVfa+5V+wQ/tOauuhfsrXNurMlx4i8VWtrEv9+KCJ5Wb/AHd21a/QD9mHww3g39n74e6T&#10;Ouy5t9FtmlX0lZN7/wDjzNX52/G7w5efE79oH4PfA+MteHQoIv7YYfw3Ny6z3v3f+eUCr+dfq9bx&#10;JBBGiDaiLtVa8zOsS63/AG/Lm/yP2HhzL/7OwdLDy+xEu0UUV8yfXkL7XX2r8yP2u9Fvv2Uv2sfD&#10;/wAY9KtHufDWuyu2o2ip8su5Nl7bv/D88W2VN/8AFv8A7tfpxuUV5j8fPgzpPx1+F+r+EdTIh+1D&#10;faXZTc9rcr/qpV/4F97+8rMv8VdeDrqhV974ZHPWjzxPg7x74Rg8O6y/9lSrqvhXU44tS0XUIlaW&#10;Kezl+eL5v7y/d/4DWd4V0qDVdels2nubb/RXlSW3l2y+aronz7vvLs/grO+A3iu9+H+vX/7PXxRf&#10;+xrq1vGTw1qs7fu7Odzu8hnJ/wBRP8rxN/eb/aTb3+vaJe6LqUsU5/sjV9OZtzyovyr/AB7/AO9E&#10;y/xf8CWvscdSq5jlk6eDnyYiEfckfjmZYiWWZjCOKw/Ph6pyWs6r4l0bxpongrRdCHjTxTrfmtpl&#10;vbyrapLFGu6WWV2+SLbtap9T8H/FW+la2T4FeKotb/ieO8tfsjN/113ba9y/YT8ITeOdZ8T/ABx1&#10;O18lNZ/4kfhm3f5/I0uBvnlX5f8AlrKjN/wH/ar3f9oDwH4r+KXw6uvD/hHxs/gi6uH2XWoR2TTy&#10;ywbW3woyujRbvl+dPm2/d+9XzuEzzNYYaFLFT5pxPu6PB+S0a/taEP8A0o/HvxsfEeveOdefVYYr&#10;m60C3lg+w6fcrdWumxRf61vP+7/rW8rd/FL8qbvlrn/tKpFE06ND5qo8W/8AjRt67/8Ad+R/n/4F&#10;X6F+JP2Iv7D0PwP4D0q4hk+G2nbtW8XND+61PxHfxHdFEyL/AMsm+6q79sW7++iNXxN8UNE8WXni&#10;fStb1mzh0fxB4xgupLXwytr9nfTrOJkit4vK/wCWUWyLYq/88onb+KvIxND69V9rVn7x+3ZNmFPA&#10;0PquFjyxicVI8GpWs0Hmq6Sxb/8AgLfJvr6N+F2lfFvx98OtH1XRfB1p480qy/0Cd9G1OKK9tZYk&#10;2bLiKXZ8+3a+5NysrpXnPww+CN38S/gF8QPGenQXMEvh8xSaZaKvmpeKsTte/J/EyxS+bu/4BX1B&#10;+zT4E8a/s/eIPA/jbwhpd540+FnxC03S49R0+y3S3ujyyom24ZP44kZ5f3v/ADydlfbsVn6cvq18&#10;s5/q8/iPK4np4DO6cPrEearSOP1fTPib4E8N6n4ivPgvrWm6FpcX2jU9R1DVbVZool+86xKzM21f&#10;m2pST+NF1CzivLFmTT51V4LvymZHV/ufP92v05vNOttUs57S5t47i2uY2ilhYbldG+Vl/wC+a/Nt&#10;NOu/gN4m8X/BqZZLkWMv23wt9o3Ol1pN07/Kzf8ATu25W/3a9WpxNmdGPJSjzn4ljuEcn5Z42UPe&#10;j/28c5Jc3L6bFpUt5L9ii83bbp8m/c+50lf/AJar/sV0PhWaw8JWWq/ELxJA7+GPCcS3jRN8n268&#10;/wCXe1i/vMz7Gb/Zrf8ACXg99XvYtOsoYEdYt091N8kUEcSfNLK/8KrXmHiCS8/bO+LuhfCj4fzz&#10;R/DPQJPtF1qzr8l5L92W/ZP+BbYlb+9/Du+T6ethMLl9L2eHjyTn70z5vh/G1c5q8/sv3UD2H/gm&#10;x8MNV8Y+JPF/xy8VqLjU9ZupIbOV1+/Kz77iVP8AZX5Yl/3XWv0OrlfAfgnS/h34X0vQNFtVtNK0&#10;u3W1tolGNqL+HzM33mb+JutdVX5/iK3t6vOfsVGPJEfRRRXObHwL8QfB/wAQPBXxD1P/AIWV8Z/H&#10;Xhvwlql9/wASnxXoMsUWk2vm/Ilvers3WrbmRUl/1Tf3ketrxZ8Bde0K88P2Vv8AGz4ta9e63PLF&#10;arb6/FaxIkcTSvK7bPmXany7fvbq5r4pftBX3xW8Wa94Y8Z+GviH4f8AAFndPZS+HPD3hu4l1DXk&#10;X7/2q6X5YoH+55UXzOrfNLseug8OftCeCNa+LPwv8HaZ4c1v4d2uh219cW1v4q0xdKt1tWsmiiii&#10;82X5/m/9AavZtVh70onD7pwnjL9jDwz4v1R5fGHizxt4k1W1iW3Z9QvmvZYovvJE8qxP/f37N/8A&#10;HXkX7Svw28IeFtS8NeF5/iD47vPF3iGSCJpdTnvLz7Hpm51lleJYmkl+VGSKJVr9ANFt5LrVPEWt&#10;eH9TghupNVl8x93n2V4ixRbQyq/3l/56xfMv3fmrxj4l+AvH/i/4/wCjfEjw9420DQrzw1bS6LBp&#10;OsWL39rp0sq7ZXaWBk2tKro2248pl/u0/rtT4SqeGpfFM9E8L/Frxjo3hLR9G+G/7P3id/D+nWsV&#10;jZt4jvrPQf3US7E/dSs8u3av8USt/sVtz63+0Z4gCtaeFfh74Ni/jbV9YvNXl/4CkUMS/wDj9fFv&#10;ir/goR8VNKdIPC/i3wb44u4llfUIrHwze26WXlff+eWX97839z/eq38Pv+ChnxM8ZRta6r4++Gfg&#10;zUPN2RReIdA1JbeVP7/2iKV4l/3X21jLL8Soe15Dr9tT5uQ+ptd8O/HewtWn/wCFg+ANVuPvNp99&#10;4UurWL/dWWK6eVf++a+Lf2lrzxBpvjx/EeufDu50fxXe6FqWkXWraTK+r2V4zRIlpLby7N0TJ86b&#10;HRX2P99q+hG8d/tVeILaW40WL4Q+L9H3bV1Hw/LLdQv/AN8y7v8Ax2vNfEPiH9ou31F5fEHwui17&#10;T0WVGTwxZ3VvL5v/ACyffL95d39z5qKVJx9+4442lCryHY/ATw949tvBWmeHvA/h7RPhX4aitd8t&#10;34pil1LULyWWJEllSyWXbEsrp/y1l/4BXuGhfDP436TbW/8AZvxj8OXMVvHti0658DJFaFfupFui&#10;uEZV/wB2vnjw34s/aisNOhl074ceGoZfl/0e4sb/AHr/AN9bF/8AH67C5+LH7S/hayW78Xax8Gvh&#10;3aPF5u/xBLKjqv8AupL81KVCoR9dpTl7h7WPGf7Q/hyx26p8NfCfjZ92fP8AC/iSWwdk/wCuV5F8&#10;rf8AbWvl79vLxn/wlPhPR/EuseEfGfws8c+FblfLu7izWW3v7Od9txaxXtq8sDS7UWVUldfuN/er&#10;i/iH/wAFEvijoNzbW3hrx54M8YO3/H1Lpnhe9gt4v9yWeX97/wABXbXR23xU+LX7RWgeFvB998Y/&#10;A0Nr4/0O/fVbS00pRLpMUcS+bFL+93Kz+a67vl+41XHCYnD8lWfuB7SjV9yRYs/gPoHiHwNLaW3x&#10;j8fXnhXxHaxXUtun2PZeROm9Efb83+8n+/W/8N/2YovAOk3Ufgf4o/EPR7K8lVp30mKy/eyr8nzO&#10;v8S7vuf7Ve9/C221D4X/AAl8KeDrOU+JtQ0nTksm8R31m1rZSov3GWL/AFsuxNqfJ/d+Z66D4SaG&#10;mkX3jQQebcy3mpxXl9cuu17idreLe7qvyr8iRJtX7qolaSxdScJ85zfVqUZctI8W0r4OeOdU1xNL&#10;Hx4+KmmyyW8ssc97Z2rRSiLbu2N/e+ZWrmfidoHxA8Ba9YeEPDfx88c+M/iLqUTtY+GLe1s98Sf8&#10;/F1L92CBf7zfM38Fe+/Gr4teH/gv4g8G6h4n/tLbqLXmn2cOn2Mt1LLKyRNs8pPm+6j186+Kvjn4&#10;P8M+PdR+JPwvbxJo/jC9iV9d0HU/C96ll4lVfuIz7G+zz/O2yVPl/vqy1FNVJ+8kTKMfgPp/QPA3&#10;xXg0LTY9V+LGmvqiW0a3bDRgczBRvOfNTPzZ/gX/AHV6AqfQP2g5dc0LTtSHwx8boLy2juNv9ljj&#10;eobH3/eiuXmqf1ym3untlcD8Svgj4F+MUFvF4z8J6X4kS2DeQ+o2yu0W772xvvLXeClwMVw80oy9&#10;06JRPhTwxJqP7CYvvCnirRLm8+Dkuoy3uj+MdHtml/shZX3PBfxJ86qvy7ZV/wDHvurwWt+HNbm+&#10;JOvfF7wreaHB4f1z4haTb2fi6wZpb77FP9kt3ffFL5Utqz7omt7hfkbe33q/Rya3iuoHhlVZY3Xa&#10;yMvysP7tfOnin9h/wgNan8QfDvU9V+EfiWX5pLvwtL5VpO//AE1s2/dMn+yu2u6NanKXvkR5qR5f&#10;rDfCr44+Nbmz8ZfBK2t7O61rVPD2j+I7W4iXUL29sUleWKWKLypYmdYpfK3M+7Z82zcm/wAhH7Hn&#10;7OfxFVJfBnxQ1vw5cTwaXKlrebblF/tH/jyT96qu7y/d8pJWZWPzba9e/wCFLfGb4ZfEOLxvN4H8&#10;D/GHWraSVotZsJ20PU2Zl8pppYmb7K0vlfJ5qr5u0bd1ebeHE+H3wt8c+Ete8S/DX4peBP7B1O91&#10;KWC70j7fY3Us7b4ka4g/5ZW7s7RfL/F81dlKriaX8GZPLQq/GcNY/wDBOdZ9V1d/APx18K6jdaO7&#10;i+kt3NvcWLq77vNeCZvK27G3bv7rVrap+zL8fvAHhq71dv2k9M07QLKWK3nvn8W6isUDMyLFE3yP&#10;sZmlX5f9paseDdX+GRfxTLL8e/D17fap4O1vwnFNq9jdWErSXkvmxSypL+6i2PvVoolVf4/vO1bm&#10;pfDj4Y33w58a+H/DXxM+FEMWsaH4atbW3fVooLeW/wBMmeW4llXb8vmr8vm/M3zNu/2uieJxkv4n&#10;/pBnLD4b+cztR/Yo/aX1qX7Brfxztn3Lve3l8UajK3y/e+XYn8LLXGQ/8E64E8PP4x8R/G7wmnh9&#10;ZfKl1uyia9Rn3bdiytL8zbvk2/er3LxroPwm11/jzqN18WPAOia18QLG1sNM1ax1iKeXTrWKyiil&#10;t3ddn7p5YnVkT70Wzf8A3V4afxH8GbbwYILz4q+EtF8TQ+LovFMVvoEWo6vZSyxWf2VVfyvKldtm&#10;998XlbW2f7zkMVjPsR/8kIjhsNy/Eaunf8E/vhZ4Y+HGq+Pf+Ew134i2VnpE+r2f9nXUVlZXqRRS&#10;y7PNiVm2ts2/ermfg9fx2fwx8d654P0XwD4J0qLwrBdRePbLRbxE0bVJZUX7E17c+bLdMkT7mliT&#10;bEzJXqfg/wCLmjzfBpPhl4F+FXj3xxpMul3Wm3N9p+hLoNlL5/m+a8Ty/LFv812/2f8Aaauv8M+A&#10;f2i/Fvh/SfD6Hwz8F/CtjZxWNrEjf25rEVvHGsSJvb91u2qu5qwqVa9X/eJm8fYUvgPOfgz8T/Dv&#10;wo8KeNdZ8Yy6X4b8P3F9E9hrmnaxqOrxeI5fK/evZrefvZXT5EaWJPKZnb5vkrqPAH7PeuftJ+J9&#10;d+I3jpvFfw78P38cFroHhzT9WltL1oYlZftF0q/Kskv93/7Fm9q+Fv7HvgT4ea/F4n1P7d448ars&#10;f/hI/E0/2q4i2fcESt8kSp/DtXcv96vfTwNtcUsRGP8ACKlGU5e+eBfDj9jb4e/DnxZa+JYBrWva&#10;7ZZazvPEGqy3v2XcuP3SO2xW/wBrbXvv8NLQzba5JVJT96QcsYj6KKKksZT6KKAI/wCGj+Giio+w&#10;H2RaimooraJEj42/bL+9P/uNX5i+Of8Aj9l/66UUV95g/wDd4Hz1f4hngn/kIxf71fp1+xn0t/8A&#10;dWiiljP4My8L8Z9nJU1FFfByPeiM/u0o6GiisX9ksSn0UU4gFFFFWB//2VBLAwQUAAYACAAAACEA&#10;C4UHLOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kjj0IQ2xKmqCjhV&#10;SLRIqDc33iZR43UUu0n697gnuM1qRjNv89VkWjZg7xpLEsQsAoZUWt1QJeF7//60AOa8Iq1aSyjh&#10;ig5Wxf1drjJtR/rCYecrFkrIZUpC7X2Xce7KGo1yM9shBe9ke6N8OPuK616Nody0PI6ilBvVUFio&#10;VYebGsvz7mIkfIxqXD+Lt2F7Pm2uh33y+bMVKOXjw7R+BeZx8n9huOEHdCgC09FeSDvWSoiXLyEp&#10;YR4LYDdfJMsU2DGodB4lwIuc//+h+AUAAP//AwBQSwMEFAAGAAgAAAAhAIyaf7vIAAAApgEAABkA&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDBigIxDIbvC75Dyd3pzBxkWex4kQWviz5AaDOd&#10;6jQtbXfRt7foZQXBm8ck/N//kfXm7GfxRym7wAq6pgVBrINxbBUc9t/LTxC5IBucA5OCC2XYDIuP&#10;9Q/NWGooTy5mUSmcFUylxC8ps57IY25CJK6XMSSPpY7Jyoj6hJZk37Yrmf4zYHhgip1RkHamB7G/&#10;xNr8mh3G0WnaBv3ricuTCul87a5ATJaKAk/G4X3ZN8dIFuRzie49El0T+eYgH747XAEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA0OBzzxQBAABHAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCYgPLGMAQAAAMRAAAOAAAAAAAAAAAAAAAAAEQCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQAdFllEwUwAAMFMAAAUAAAAAAAAAAAAAAAAAKAGAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQDbk4lsaSYAAGkmAAAVAAAAAAAAAAAA&#10;AAAAAJNTAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWdQSwECLQAUAAYACAAAACEAC4UHLOIAAAALAQAA&#10;DwAAAAAAAAAAAAAAAAAvegAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAIyaf7vIAAAA&#10;pgEAABkAAAAAAAAAAAAAAAAAPnsAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcA&#10;BwC/AQAAPXwAAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Image 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:71748;height:101498;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDicIcRxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8ArearYitqxGqf9A0YtWxeNj89xd3LwsSXTXb98UhB6HmfkNM5q0phJ3cr60rOCjm4Ag&#10;zqwuOVdw+Fm+f4HwAVljZZkUPMjDZPz6MsJU24Z3dN+HXEQI+xQVFCHUqZQ+K8ig79qaOHoX6wyG&#10;KF0utcMmwk0le0kykAZLjgsF1jQrKLvub0bB+bM/31wP6+2GZ4utXbrTcdqclOq8td9DEIHa8B9+&#10;tldaQQ/+rsQbIMe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJwhxHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId12" o:title=""/>
+                  <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
                 <v:shape id="Graphic 3" o:spid="_x0000_s1028" style="position:absolute;left:31375;width:30239;height:74847;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3023870,7484745" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAgaNuOxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvdWMLQaOriFIq9lL/kuMz+0yC2bchu5r023cLBY/DzPyGmS06U4kHNa60rGA0jEAQ&#10;Z1aXnCs4Hj5exyCcR9ZYWSYFP+RgMe+9zDDRtuUdPfY+FwHCLkEFhfd1IqXLCjLohrYmDt7VNgZ9&#10;kE0udYNtgJtKvkVRLA2WHBYKrGlVUHbb342C0/b4HaefNDm063Ns1l/p5TROlRr0u+UUhKfOP8P/&#10;7Y1W8A5/V8INkPNfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACBo247EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m3023869,l,,,7484745r3023869,l3023869,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 4" o:spid="_x0000_s1029" style="position:absolute;left:32510;width:27940;height:32073;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2794000,3207385" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqY/Z/wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8AQvi6a6i0g1iiiC62VR6/3RPNtq81KbWOu/N8LCHoeZ+YaZLVpTioZqV1hWMBxEIIhT&#10;qwvOFCTHTX8CwnlkjaVlUvAkB4t552OGsbYP3lNz8JkIEHYxKsi9r2IpXZqTQTewFXHwzrY26IOs&#10;M6lrfAS4KeUoisbSYMFhIceKVjml18PdKLg0S1pP+EvLU3L73X0mpuKfkVK9brucgvDU+v/wX3ur&#10;FXzD+0q4AXL+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGpj9n/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m2794000,l,,,3207385r2794000,l2794000,xe" fillcolor="#44536a" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:35010;top:5256;width:22936;height:22760;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBabpafxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXeEjktSYoT2YRCoZAHxM0hx421flBrZSQ1dv59VCj0OMzMN8w6H00nruR8a1nBbJqA&#10;IC6tbrlWcPr6mLyB8AFZY2eZFNzIQ549Pqwx1XbgI12LUIsIYZ+igiaEPpXSlw0Z9FPbE0evss5g&#10;iNLVUjscItx08iVJFtJgy3GhwZ7eGyq/ix+jYHs4j+fFflZaealeN25Xn6rloNTz07hZgQg0hv/w&#10;X/tTK5jD75V4A2R2BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFpulp/EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId13" o:title=""/>
+                  <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
                 <v:shape id="Graphic 6" o:spid="_x0000_s1031" style="position:absolute;left:32510;top:71102;width:27971;height:1187;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2797175,118745" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRyCUmvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJvjWwTTONEMSVQ6DVOP2CxNpYbayUsxXb+PioEchxm5g2zqxc7iInG0DtWkK8yEMSt&#10;0z13Cn5P3x+fIEJE1jg4JgU3ClDvX192WGk385GmJnYiQThUqMDE6CspQ2vIYlg5T5y8sxstxiTH&#10;TuoR5wS3gyyyrJQWe04LBj0dDLWX5moVXFgX858/5nOpYzitfeM35qbU+9vytQURaYnP8KP9oxWU&#10;8H8l3QC5vwMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRyCUmvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m2797175,l,,,118744r2797175,l2797175,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22A07DC8" wp14:editId="02062FF6">
                 <wp:extent cx="3023870" cy="7484745"/>
                 <wp:effectExtent l="9525" t="0" r="5080" b="11429"/>
                 <wp:docPr id="7" name="Textbox 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -451,90 +451,74 @@
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="5B9BD4"/>
                                 <w:spacing w:val="-30"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="5B9BD4"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t xml:space="preserve">School </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="5B9BD4"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t>Attendance Protocol</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78CAC392" w14:textId="00430A73" w:rsidR="00F5163B" w:rsidRDefault="00E2686C">
+                          <w:p w14:paraId="78CAC392" w14:textId="1E93A057" w:rsidR="00F5163B" w:rsidRDefault="00E2686C">
                             <w:pPr>
                               <w:spacing w:before="157"/>
                               <w:ind w:left="315"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="44536A"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Revised </w:t>
                             </w:r>
                             <w:r w:rsidR="002C3262">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="44536A"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
-                              <w:t>A</w:t>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t>August 2025</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="22A07DC8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textbox 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:238.1pt;height:589.35pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVGaIyxwEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bTpA6MOMXWoMOA&#10;YivQ9QMUWY6FyaImKrHz96NkJynW27CLTIlPT3yP9Pp+6Aw7Ko8abMVvZjlnykqotd1X/PXn46cV&#10;ZxiErYUBqyp+UsjvNx8/rHtXqjm0YGrlGZFYLHtX8TYEV2YZylZ1AmfglKVkA74TgbZ+n9Ve9MTe&#10;mWye53dZD752HqRCpNPtmOSbxN80SoYfTYMqMFNxqi2k1ad1F9dssxbl3gvXajmVIf6hik5oS49e&#10;qLYiCHbw+h1Vp6UHhCbMJHQZNI2WKmkgNTf5X2peWuFU0kLmoLvYhP+PVn4/vrhnz8LwBQZqYBKB&#10;7gnkLyRvst5hOWGip1gioaPQofFd/JIERhfJ29PFTzUEJunwNp/frgpKScoVi9WiWCyj49n1uvMY&#10;viroWAwq7qlhqQRxfMIwQs+Q+JqxrKcql6tiOVYKRteP2piYRL/fPRjPjoKaXdwVOT09UuBbWOTb&#10;CmxHXEpNMGMnxaPIKDcMu4E4YriD+kRO9TQsFcffB+EVZ+abpW7EyToH/hzszoEP5gHS/MUqLXw+&#10;BGh0UnflnV6mNid/ppGMc/R2n1DXH2fzBwAA//8DAFBLAwQUAAYACAAAACEAzmKj/N8AAAAGAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm900lKTEbEoQVIogtFXB2zY7JrHZ2ZDd&#10;pum/d+xFLw+G93jvm3w12U6MOPjWkYL5LAKBVDnTUq3gbfd4twThgyajO0eo4IweVsX1Va4z4060&#10;wXEbasEl5DOtoAmhz6T0VYNW+5nrkdj7coPVgc+hlmbQJy63nYyjKJFWt8QLje7xocHqsD1aBUm8&#10;+9iU7y+xfx6fDovv189zuV4rdXszlfcgAk7hLwy/+IwOBTPt3ZGMF50CfiRclL1FmsQg9hyap8sU&#10;ZJHL//jFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVGaIyxwEAAIADAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDOYqP83wAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAACEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" filled="f" strokecolor="#767070" strokeweight="1.25pt">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5CAF3E83" w14:textId="77777777" w:rsidR="00F5163B" w:rsidRDefault="00F5163B">
                       <w:pPr>
@@ -643,90 +627,74 @@
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="5B9BD4"/>
                           <w:spacing w:val="-30"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="5B9BD4"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t xml:space="preserve">School </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="5B9BD4"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t>Attendance Protocol</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78CAC392" w14:textId="00430A73" w:rsidR="00F5163B" w:rsidRDefault="00E2686C">
+                    <w:p w14:paraId="78CAC392" w14:textId="1E93A057" w:rsidR="00F5163B" w:rsidRDefault="00E2686C">
                       <w:pPr>
                         <w:spacing w:before="157"/>
                         <w:ind w:left="315"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="44536A"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Revised </w:t>
                       </w:r>
                       <w:r w:rsidR="002C3262">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="44536A"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
-                        <w:t>A</w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t>August 2025</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BA95F0" w14:textId="77777777" w:rsidR="00F5163B" w:rsidRDefault="00F5163B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F5163B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="400" w:right="1320" w:bottom="280" w:left="1340" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -981,55 +949,53 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>shall</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>attempt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1641,73 +1607,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>adhered</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>establish</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -2325,55 +2289,53 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>assessment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>outcomes</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>could</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -2532,51 +2494,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> actions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F802A7" w14:textId="77777777" w:rsidR="00F5163B" w:rsidRDefault="00F5163B">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:sectPr w:rsidR="00F5163B">
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1380" w:right="1320" w:bottom="600" w:left="1340" w:header="0" w:footer="402" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5635,51 +5597,51 @@
                             <a:lnTo>
                               <a:pt x="2125979" y="0"/>
                             </a:lnTo>
                             <a:close/>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:solidFill>
                         <a:srgbClr val="D2EAF0"/>
                       </a:solidFill>
                     </wps:spPr>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="592CA0C2" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:427.9pt;margin-top:679.9pt;width:167.4pt;height:161.8pt;z-index:-16061440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="2125980,2054860" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8rNO6HQIAAKUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l0BUtmy0YbVaSlVp&#10;tV1pqXo2jkOiOh7XY0j4+44dDKh7atWLGWeex++98XB3P3SaHZTDFkzJZ5MpZ8pIqFqzK/n3zfrD&#10;gjP0wlRCg1ElPyrk98v37+56W6gcGtCVcoyKGCx6W/LGe1tkGcpGdQInYJWhZA2uE562bpdVTvRU&#10;vdNZPp3eZD24yjqQCpG+rsYkX8b6da2k/1bXqDzTJSduPq4urtuwZss7UeycsE0rTzTEP7DoRGvo&#10;0nOplfCC7V37plTXSgcItZ9I6DKo61aqqIHUzKZ/qHlthFVRC5mD9mwT/r+y8vnwal9coI72CeRP&#10;JEey3mJxzoQNnjBD7bqAJeJsiC4ezy6qwTNJH/NZPr9dkNmScvl0/nFxE33ORJGOyz36LwpiKXF4&#10;Qj+2oUqRaFIkB5NCR80MbdSxjZ4zaqPjjNq4HdtohQ/nAr8Qsv6KS3OhEvIdHNQGItIHIZHzp1vO&#10;khwie8Foc40lZUnYfBFuJmxCpF/7pmo04i/wybJUUWpANV4WxMVbz4KJwbWlCLqt1q3WQSC63fZR&#10;O3YQ5N0q//ywTqWvYLHjY5NDu7dQHV8c62kuSo6/9sIpzvRXQw8vDFEKXAq2KXBeP0IcteitQ78Z&#10;fghnmaWw5J7eyDOkZy2K1HviHwAjNpw08LD3ULfhYURuI6PThmYh6j/NbRi2631EXf5dlr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBzKRYH4gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwEIXv&#10;gv8hjOBF3LSuLW1tumhhQRQEu4LXtIltsZmUJNut/97Zk97e8B5vvlfuVjOxRTs/WhQQbyJgGjur&#10;RuwFfBz2txkwHyQqOVnUAn60h111eVHKQtkTvuulCT2jEvSFFDCEMBec+27QRvqNnTWS92WdkYFO&#10;13Pl5InKzcTvoijlRo5IHwY563rQ3XdzNALq51o+Na+H/Y1XL2/j5+LyOLRCXF+tjw/Agl7DXxjO&#10;+IQOFTG19ojKs0lAliSEHsjYJjmpcyTOoxRYSyrNtvfAq5L/n1H9AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADys07odAgAApQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAHMpFgfiAAAADgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m2125979,l,2054858r2125979,l2125979,xe" fillcolor="#d2eaf0" stroked="f">
+            <v:shape w14:anchorId="0CC51262" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:427.9pt;margin-top:679.9pt;width:167.4pt;height:161.8pt;z-index:-16061440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="2125980,2054860" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8rNO6HQIAAKUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l0BUtmy0YbVaSlVp&#10;tV1pqXo2jkOiOh7XY0j4+44dDKh7atWLGWeex++98XB3P3SaHZTDFkzJZ5MpZ8pIqFqzK/n3zfrD&#10;gjP0wlRCg1ElPyrk98v37+56W6gcGtCVcoyKGCx6W/LGe1tkGcpGdQInYJWhZA2uE562bpdVTvRU&#10;vdNZPp3eZD24yjqQCpG+rsYkX8b6da2k/1bXqDzTJSduPq4urtuwZss7UeycsE0rTzTEP7DoRGvo&#10;0nOplfCC7V37plTXSgcItZ9I6DKo61aqqIHUzKZ/qHlthFVRC5mD9mwT/r+y8vnwal9coI72CeRP&#10;JEey3mJxzoQNnjBD7bqAJeJsiC4ezy6qwTNJH/NZPr9dkNmScvl0/nFxE33ORJGOyz36LwpiKXF4&#10;Qj+2oUqRaFIkB5NCR80MbdSxjZ4zaqPjjNq4HdtohQ/nAr8Qsv6KS3OhEvIdHNQGItIHIZHzp1vO&#10;khwie8Foc40lZUnYfBFuJmxCpF/7pmo04i/wybJUUWpANV4WxMVbz4KJwbWlCLqt1q3WQSC63fZR&#10;O3YQ5N0q//ywTqWvYLHjY5NDu7dQHV8c62kuSo6/9sIpzvRXQw8vDFEKXAq2KXBeP0IcteitQ78Z&#10;fghnmaWw5J7eyDOkZy2K1HviHwAjNpw08LD3ULfhYURuI6PThmYh6j/NbRi2631EXf5dlr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBzKRYH4gAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwEIXv&#10;gv8hjOBF3LSuLW1tumhhQRQEu4LXtIltsZmUJNut/97Zk97e8B5vvlfuVjOxRTs/WhQQbyJgGjur&#10;RuwFfBz2txkwHyQqOVnUAn60h111eVHKQtkTvuulCT2jEvSFFDCEMBec+27QRvqNnTWS92WdkYFO&#10;13Pl5InKzcTvoijlRo5IHwY563rQ3XdzNALq51o+Na+H/Y1XL2/j5+LyOLRCXF+tjw/Agl7DXxjO&#10;+IQOFTG19ojKs0lAliSEHsjYJjmpcyTOoxRYSyrNtvfAq5L/n1H9AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADys07odAgAApQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAHMpFgfiAAAADgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m2125979,l,2054858r2125979,l2125979,xe" fillcolor="#d2eaf0" stroked="f">
               <v:path arrowok="t"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487255552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="751FD880" wp14:editId="61C1A3A1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6876033</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9789667</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="320675" cy="482600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -5965,77 +5927,71 @@
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="02DE53AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7561" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1685131610">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F5163B"/>
-    <w:rsid w:val="001D15C9"/>
-    <w:rsid w:val="00253CC4"/>
     <w:rsid w:val="002C3262"/>
     <w:rsid w:val="00C43EEC"/>
     <w:rsid w:val="00E2686C"/>
     <w:rsid w:val="00F5163B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -6514,51 +6470,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="820" w:right="191" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6813,71 +6769,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76d04a39a3564d4d16d4a8f346f6a647">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8677a79837750c8e629511f3c6dbcb60">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="32cf32c9-7fcf-49f8-8de3-fc934635a5a9" xmlns:ns3="b6c7abad-f6fd-4abc-afdc-bd0889884898" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e555de90798ac75fdd70553654037dfd" ns2:_="" ns3:_="">
     <xsd:import namespace="32cf32c9-7fcf-49f8-8de3-fc934635a5a9"/>
     <xsd:import namespace="b6c7abad-f6fd-4abc-afdc-bd0889884898"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7053,86 +6989,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="32cf32c9-7fcf-49f8-8de3-fc934635a5a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6c7abad-f6fd-4abc-afdc-bd0889884898" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{586EE1CF-9512-408C-A8ED-A3840CEDC07D}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060B90D7-9CBB-45EA-B9E2-CD1B61536442}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{952920C1-EAFD-49E4-9B35-AD5C3F4DCF39}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{952920C1-EAFD-49E4-9B35-AD5C3F4DCF39}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D84FA259-3E65-4563-AF8C-D51FE28F377B}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{586EE1CF-9512-408C-A8ED-A3840CEDC07D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>324</Words>
   <Characters>1851</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">