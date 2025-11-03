--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3AD1DEAC" w14:textId="06CF0498" w:rsidR="007070DC" w:rsidRDefault="00E31057" w:rsidP="00E31057">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00E31057">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60D959C5" wp14:editId="3C6B98BB">
             <wp:extent cx="1581150" cy="1562100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1758600966" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1581150" cy="1562100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -207,158 +207,148 @@
         <w:t>Ready Safe Respect</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAA7875" w14:textId="0C4428E0" w:rsidR="00E31057" w:rsidRDefault="00E31057" w:rsidP="003357C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Its’s ok to make a mistake.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9F3B9C" w14:textId="72B69B6E" w:rsidR="00E31057" w:rsidRDefault="00E31057" w:rsidP="003357C3">
+    <w:p w14:paraId="5C9F3B9C" w14:textId="21943DFD" w:rsidR="00E31057" w:rsidRDefault="00E31057" w:rsidP="003357C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>Yo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E05A4">
+        <w:t>You’re safe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E334F1C" w14:textId="54C93561" w:rsidR="00E31057" w:rsidRDefault="00E31057" w:rsidP="003357C3">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>u are</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve"> safe.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="006C40DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>You are loved</w:t>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> love you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="593C797E" w14:textId="000DC931" w:rsidR="00E31057" w:rsidRDefault="00E31057" w:rsidP="00E31057">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31057">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BEC1E4A" wp14:editId="1C52CD49">
             <wp:extent cx="1581150" cy="1562100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="334961846" name="Picture 334961846"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1581150" cy="1562100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3875,71 +3865,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The school will look at ways to continuously improve CPD and training provided to its staff </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B23FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>members, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B23FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> on any feedback received.</w:t>
+        <w:t xml:space="preserve"> take action on any feedback received.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D952F9B" w14:textId="77777777" w:rsidR="00003D8A" w:rsidRPr="006B23FD" w:rsidRDefault="00003D8A" w:rsidP="006B23FD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="217993A2" w14:textId="10F80BF2" w:rsidR="006B23FD" w:rsidRDefault="006B23FD" w:rsidP="006B23FD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B23FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7319,52 +7289,50 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1557930301">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E31057"/>
     <w:rsid w:val="00003D8A"/>
     <w:rsid w:val="000457A7"/>
-    <w:rsid w:val="000E05A4"/>
-    <w:rsid w:val="001D15C9"/>
     <w:rsid w:val="003357C3"/>
     <w:rsid w:val="003C0ABB"/>
     <w:rsid w:val="006B23FD"/>
     <w:rsid w:val="006B5776"/>
     <w:rsid w:val="006C40DA"/>
     <w:rsid w:val="007070DC"/>
     <w:rsid w:val="007642B0"/>
     <w:rsid w:val="009235C6"/>
     <w:rsid w:val="00C43EEC"/>
     <w:rsid w:val="00CB7589"/>
     <w:rsid w:val="00E31057"/>
     <w:rsid w:val="00F53220"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -7860,51 +7828,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8137,71 +8105,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76d04a39a3564d4d16d4a8f346f6a647">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8677a79837750c8e629511f3c6dbcb60">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="32cf32c9-7fcf-49f8-8de3-fc934635a5a9" xmlns:ns3="b6c7abad-f6fd-4abc-afdc-bd0889884898" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e555de90798ac75fdd70553654037dfd" ns2:_="" ns3:_="">
     <xsd:import namespace="32cf32c9-7fcf-49f8-8de3-fc934635a5a9"/>
     <xsd:import namespace="b6c7abad-f6fd-4abc-afdc-bd0889884898"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8377,118 +8325,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="32cf32c9-7fcf-49f8-8de3-fc934635a5a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6c7abad-f6fd-4abc-afdc-bd0889884898" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E84BA837-FBA5-4E14-85D4-2A2930EFF0D0}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59D9078-0CF9-4E68-A48E-5FCBA7513C6E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12720FFB-5BC3-44F8-A182-C10A4084D0C9}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12720FFB-5BC3-44F8-A182-C10A4084D0C9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2756B6CE-40D4-4A19-BD34-D9C3645F6B25}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E84BA837-FBA5-4E14-85D4-2A2930EFF0D0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2623</Words>
-  <Characters>14954</Characters>
+  <Words>2622</Words>
+  <Characters>14952</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>124</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17542</CharactersWithSpaces>
+  <CharactersWithSpaces>17539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michelle Munro</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100471DFE9BD05CAF44B771E4F520A09F34</vt:lpwstr>
   </property>