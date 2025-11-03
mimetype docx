--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7A4052E4" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="4685"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
@@ -57,51 +57,51 @@
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7174865" cy="10149840"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="7174865" cy="10149840"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Image 2"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7174865" cy="10149840"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Graphic 3"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3137598" y="0"/>
                             <a:ext cx="3023870" cy="7484745"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
@@ -170,51 +170,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="2794000" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="44536A"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Image 5"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:blip r:embed="rId6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="3440112" y="341629"/>
                             <a:ext cx="2415159" cy="2493899"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="6" name="Graphic 6"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3251009" y="7110221"/>
                             <a:ext cx="2797175" cy="118745"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
@@ -239,81 +239,81 @@
                                   <a:pt x="2797175" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="5B9BD4"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1418E2FC" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.85pt;margin-top:21.05pt;width:564.95pt;height:799.2pt;z-index:-16024576;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="71748,101498" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAY+GswzAEAAADEQAADgAAAGRycy9lMm9Eb2MueG1s3Fjb&#10;bts4EH0vsP8g6L2xbr5IiFO0TRMEKNqgzWKfaYqyiEoil6Qv+fvOkKKstVu0STfbdg3YJs0heeZw&#10;znDk8xf7tgm2TGkuumUYn0VhwDoqSt6tl+Gfd1fPF2GgDelK0oiOLcN7psMXF388O9/JgiWiFk3J&#10;VACLdLrYyWVYGyOLyUTTmrVEnwnJOhishGqJga5aT0pFdrB620ySKJpNdkKVUgnKtIZfL91geGHX&#10;rypGzfuq0swEzTIEbMZ+Kvu5ws/JxTkp1orImtMeBnkEipbwDjYdlrokhgQbxU+WajlVQovKnFHR&#10;TkRVccqsD+BNHB15c63ERlpf1sVuLQeagNojnh69LH23vVbyo7xVDj003wr6SQMvk51cF+Nx7K8P&#10;xvtKtTgJnAj2ltH7gVG2NwGFH+fxPFvMpmFAYSyO4ixfZD3ptIaTOZlI6zffmjohhdvaAhwASU4L&#10;ePckQeuEpG8HE8wyG8XCfpH2u9Zoifq0kc/hPCUxfMUbbu5tbMLJIahue8sp8osd4PNWBbxchkkY&#10;dKQFSdy0ZM2CBEPRW6A9nsDJ9FXD5RVvGuQd2z1QCOijgPiCry7YLgXdtKwzTj2KNYBZdLrmUoeB&#10;Kli7YgBO3ZQxHBoo1wBCqXhnnFS0UczQGvevAMcHEBgCJcUwYEEfcKILug+vH4qY4dhJIZU210y0&#10;ATYALIAArklBtm91D8eb9CQ6BBYaAMLsAOlGe/qgd0LggxT1sSaSAQRc9nDCqT/h6z6/pMhhb4OS&#10;63tfoSeN0/k0h/x5Kqs0StLFHPIZygoUls2zKa494ohuHEdjXiA9lY4h4Kr2LbrvfBOZxEzZ2Exp&#10;ICCA3TCATLlyxw8RjvNwUWwGu2U4YKkPUHC8FVt2J6ylQZlbu1l+cAfAHmyabmwLnnmnwcqP+W9p&#10;13M2/3TeW/hvZzne+aH2NlmNMNBGaOaYRgIs5QMpYDemXYuGl16tWq1XrxsVbAnwe2Vf/YmNzCCj&#10;6V4t2FqJ8h6yxQ7CZxnqvzcEU1Nz00G04l3mG8o3Vr6hTPNa2BvP8g8qudv/RZTsBWMgPb8TPmhP&#10;dONscWYnXm6MqLgV1QEReI0dENB/pKTsWEkZcocYQG3foaRkGkfRKPRI4S+oZJ5nUdQrKU2iebr4&#10;aUoasICSPJQvKWmwG2nkx5Xkd3TB7RXkv52Sxjs/1P5plJRl03T28n+hJLwp4f3bFDBQ1Y0LGCsb&#10;9AEvwF+hgIEC64kLmDTLojiGfUCIaRbPktzdkkNyyeJpPIW8g9d0kuXpIrcWcE/4UsjXKb94KTPz&#10;Z+1LmdmjE/A8jqMkiY+YmufwqOCfE+LFT6xnIMc5KJCFY4fkK0nYmf2rSdhuaC+3Uc1xkoOHjR9o&#10;/jQpePoqf3XpMf/exYx9ooQnbVvW9f8K4KP8uG+Ln8N/FxefAQAA//8DAFBLAwQKAAAAAAAAACEA&#10;HRZZRMFMAADBTAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAABeIA&#10;AAhTCAYAAADAPjkiAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAgAElE&#10;QVR4nOzdsWrFSBJA0ZbQ///rJrswOzu9wZOfHE0w6NLQnAPGbXBQ8aUoHf/693/nf/74a/zxvzkA&#10;AAAAAIB3XX/NMf78a44/hXgAAAAAAHjduXoAAAAAAADYmRAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDKMcb1+w8AAAAAAOBdNuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELnGHP1DAAAAAAAsC0b8QAAAAAA&#10;EBLiAQAAAAAgdH1+zeFEDQAAAAAAvM9GPAAAAAAAhIR4AAAAAAAICfEAAAAAABC6b8Qfa6cAAAAA&#10;AIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidY8zVMwAAAAAAwLZsxAMAAAAAQOj6/JrDZjwA&#10;AAAAALzPRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACB0f6z1WDsFAAAAAABs6hThAQAA&#10;AACg4zQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNA5xlw9&#10;AwAAAAAAbOv6vqYgDwAAAAAAb7tP04jwAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACN0h&#10;/lg7BQAAAAAA7OgY43r+EOMBAAAAAOBt1882/Fw8CAAAAAAA7OgcQ4QHAAAAAICKj7UCAAAAAEDo&#10;tA8PAAAAAACd+2Otc4wpyAMAAAAAwNucpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITu&#10;j7Uea6cAAAAAAIBN2YgHAAAAAIDQaRseAAAAAAA61/elxwMAAAAAwOucpgEAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABC5xhz9QwAAAAAALAtG/EAAAAAABAS4gEAAAAAIHR9fs3hRA0AAAAAALzPRjwAAAAA&#10;AISEeAAAAAAACN0h/lg7BQAAAAAAbOp6nmI8AAAAAAC8zWkaAAAAAAAInTbhAQAAAACgYyMeAAAA&#10;AABC5xhz9QwAAAAAALAtG/EAAAAAABC6nqfNeAAAAAAAeNu9ES/CAwAAAABAwWkaAAAAAAAICfEA&#10;AAAAABC6b8Qfa6cAAAAAAIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAA&#10;AAAAISEeAAAAAABCQjwAAAAAAITOMebqGQAAAAAAYFs24gEAAAAAIHR9fs0xps14AAAAAAB4m414&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA6P5Y67F2CgAAAAAA2NQpwgMAAAAAQMdpGgAA&#10;AAAACAnxAAAAAAAQOseYq2cAAAAAAIBtXc9TkAcAAAAAgLfdp2lEeAAAAAAAKLgRDwAAAAAAISEe&#10;AAAAAABCQjwAAAAAAITuEH+snQIAAAAAADZ1PU8xHgAAAAAA3nYK8AAAAAAA0HEjHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoHGOungEAAAAAALZ1fX7NIcgD&#10;AAAAAMD7nKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE7o+1HmunAAAAAACATdmIBwAA&#10;AACA0GkbHgAAAAAAOjbiAQAAAAAgdI65egQAAAAAANjXZyNejAcAAAAAgMT1fYnxAAAAAADwOjfi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAoedjrcfCKQAAAAAAYFPnOIYIDwAAAAAAEadp&#10;AAAAAAAgJMQDAAAAAEDoHHOMMVePAQAAAAAAe3o+1irGAwAAAADA65ymAQAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIXd/XsXAKAAAAAADY1DmOIcIDAAAAAEDEaRoAAAAAAAgJ&#10;8QAAAAAAEDrHnGPM1WMAAAAAAMCe7o+1zjGmGg8AAAAAAG9zmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABC6P9Z6jHGsHQQAAAAAAHb02YgX4QEAAAAAIHGOQ4UHAAAAAICKG/EAAAAAABAS&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid&#10;c/UEAAAAAACwsevnIcgDAAAAAMD7zjFEeAAAAAAAqLgRDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACJ0+1QoAAAAAAB0b8QAAAAAAELqep814AAAAAAB4270RL8IDAAAAAEDBaRoAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQOsdcPQIAAAAAAOzrsxEvxgMAAAAAQOL6vsR4AAAAAAB4nRvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0POx1mPhFAAAAAAAsKlzHEOEBwAAAACAiNM0AAAAAAAQ&#10;EuIBAAAAACB0jjnGmKvHAAAAAACAPT0faxXjAQAAAADgdU7TAAAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHnRrwj8QAAAAAA8Lp7I16EBwAAAACAwrMRfyycAgAAAAAANnWOY4xxqPAAAAAAAFD4dSNejAcA&#10;AAAAgLedqwcAAAAAAICdnWMO32oFAAAAAIDIc5pGjAcAAAAAgNc5TQMAAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAg9H2s9Fk4BAAAAAACb+mzEi/AAAAAAAJA4RXgAAAAAAOi4EQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQ&#10;DwAAAAAAoet5znVTAAAAAADApu6NeBEeAAAAAAAKTtMAAAAAAEBIiAcAAAAAgJAQDwAAAAAAoTvE&#10;H2unAAAAAACATV3PU4wHAAAAAIC3nWOOMebqMQAAAAAAYE/PRrwYDwAAAAAAr/OxVgAAAAAACAnx&#10;AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAACha96P+bf/BgAAAAAA/BPnGCI8&#10;AAAAAABUnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFP3RrwIDwAAAAAABadpAAAAAAAgJMQD&#10;AAAAAEDoDvHH2ikAAAAAAGBTvz7WKsYDAAAAAMDbnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo+nnMlVMAAAAAAMCmbMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAoe+N+GPlFAAAAAAAsCkb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAk&#10;xAMAAAAAQEiIBwAAAACAkBAPAAAAAACha4wxxrx/AAAAAACAV9mIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhD4faz3uHwAAAAAA4FU24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHr+5oLpwAAAAAAgE19NuJFeAAAAAAASDhNAwAAAAAAISEeAAAAAABC3xvxrtMAAAAAAMD7Phvx&#10;x+IpAAAAAABgU9+NeDEeAAAAAADe50Y8AAAAAACEvhvxFuIBAAAAAOB9NuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhK6fx1w5BQAAAAAAbMpGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdH1fc+EUAAAAAACwqc9GvAgPAAAAAAAJp2kA&#10;AAAAACAkxAMAAAAAQOi5Ee8+DQAAAAAAvO7eiBfhAQAAAACg4DQNAAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAELpD/LF2CgAAAAAA2NT1PMV4AAAAAAB4m9M0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACA0DXGGPP+AQAAAAAA3mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELrGGOO4fwAA&#10;AAAAgHfZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACA0PU857opAAAAAABgU/dGvAgPAAAAAAAFp2kAAAAAACB0h/hj&#10;7RQAAAAAALCpXzfixXgAAAAAAHib0zQAAAAAABD6bsT7XCsAAAAAALzrGPdGvAgPAAAAAADvm8Np&#10;GgAAAAAASAnxAAAAAAAQusb43Kg5Fg8CAAAAAAA7shEPAAAAAAAhIR4AAAAAAELXGJ+vts65eBIA&#10;AAAAANjQZyNehAcAAAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;oU+IPxZPAQAAAAAAm7q+LzEeAAAAAABe5zQNAAAAAACEhHgAAAAAAAg9p2nGXDcFAAAAAABs6t6I&#10;F+EBAAAAAKDgNA0AAAAAAISEeAAAAAAACN0h/lg7BQAAAAAAbOrXx1rFeAAAAAAAeNs3xM/pg60A&#10;AAAAAPCmY9ynaUR4AAAAAAB43xxjnBI8AAAAAAB0ztUDAAAAAADAzoR4AAAAAAAInWN8jsUDAAAA&#10;AADvu34ivBgPAAAAAADvc5oGAAAAAABCQjwAAAAAAIQ+Id5dGgAAAAAASFzflxgPAAAAAACve0L8&#10;mOumAAAAAACATbkRDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACP36WOuxbgoAAAAAANiU&#10;jXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFOnAA8A&#10;AAAAAJ37NI0YDwAAAAAABTfiAQAAAAAg9NyItxQPAAAAAACv+2zEi/AAAAAAAJBwmgYAAAAAAEJ3&#10;iD/WTgEAAAAAAJs6RXgAAAAAAOg8H2sV5AEAAAAA4HXfEO97rQAAAAAA8K5j3DfiRXgAAAAAAHjf&#10;HGOcIjwAAAAAAHTO1QMAAAAAAMDOhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC55irRwAAAAAAgH1d&#10;35cgDwAAAAAA7zqcpgEAAAAAgM78CfG24QEAAAAAIGEjHgAAAAAAQkI8AAAAAACEPiH+WDwFAAAA&#10;AABs6vq+xHgAAAAAAHjd9RPgfa8VAAAAAADed44hwgMAAAAAQMXHWgEAAAAAICTEAwAAAABA6PlY&#10;qwM1AAAAAADwunNMAR4AAAAAACr3aRoxHgAAAAAACneIP9ZOAQAAAAAAm7q+Ed5SPAAAAAAAvO7z&#10;sdY5hq14AAAAAAB437l6AAAAAAAA2JkQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnx&#10;AAAAAAAQOufqCQAAAAAAYGM24gEAAAAAICTEAwAAAABA6Pp5OFEDAAAAAADvO8cQ4QEAAAAAoOI0&#10;DQAAAAAAhM4xxjhWTwEAAAAAAJv63ogX4wEAAAAA4H1O0wAAAAAAQOi0CQ8AAAAAAB0b8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEDoep5z3RQAAAAAALClw0Y8AAAAAAB0phAPAAAAAAAlIR4AAAAAAEK/&#10;bsQf66YAAAAAAIBN2YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgdM7VEwAAAAAAwMZsxAMAAAAAQOj6ecxhNx4AAAAAAN52SvAAAAAAANC5T9NI&#10;8QAAAAAAULhD/LF2CgAAAAAA2NQpwgMAAAAAQOd6noI8AAAAAAC87Vw9AAAAAAAA7EyIBwAAAACA&#10;0Pc0zVw5BQAAAAAAbMpGPAAAAAAAhIR4AAAAAAAICfEAAAAAABD63og/Vk4BAAAAAACbshEPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAhdY96v+bf/BwAAAAAA/AOfjXgRHgAA&#10;AAAAEk7TAAAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACErp/HHHPlHAAAAAAA&#10;sKVzCPAAAAAAAJC5T9OI8QAAAAAAUHAjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELq+&#10;r+mDrQAAAAAA8DYb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNDzsdZj4RQAAAAAALAp&#10;G/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ92Otc+UUAAAAAACwqXMMER4AAAAAACpO&#10;0wAAAAAAQEiIBwAAAACAkBAPAAAAAAChc4wxjtVTAAAAAADAho4xxvX7DwAAAAAA4F1O0wAAAAAA&#10;QOi7ET/mwikAAAAAAGBTNuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0HMj/lg4BQAAAAAAbMpGPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAA&#10;AAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoGmOMOcaYc/EkAAAA&#10;AACwoVN/BwAAAACAjtM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQOj6vo6FUwAAAAAAwKa+IX76aisA&#10;AAAAALzuHGMMDR4AAAAAABpuxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAIXd/XXDgFAAAAAABs6rMRL8IDAAAAAEDCaRoAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhM65egIAAAAAANjYNcYY8/4BAAAAAADe5TQNAAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQD4P3t3jCo7FgNQUG28/y1rgtfuySYYfDCYqo/pG7xA8UHoAwAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAITO2ZnZmd2nRwEAAAAAgPexEQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTOz3w8AAAAA&#10;ALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQufOzM7M7tOjAAAAAADA+xxzlXgAAAAAAOB2TtMAAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpndmZm9vsLAAAAAADc55gR4QEAAAAAoHJI8AAAAAAA0HEjHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQOn+vfXAKAAAAAAB4KRvxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;IHTOzOz3AwAAAAAA7mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTszO7P79CgAAAAAAPA+NuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQOndmrg8AAAAAALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAofPvZ78fAAAAAABwJxvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2ZmZ3YfngQAAAAA&#10;AF7mM9+NeA0eAAAAAADut+M0DQAAAAAApIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0LFPTwAAAAAAAC9mIx4AAAAAAELnzMx+PwAAAAAA4F42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQufvtezbWWkAACAASURBVA9O&#10;AQAAAAAAL/W3ES/CAwAAAABAwmkaAAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEAAAAAAC91zIjwAAAAAABQ&#10;cZoGAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIHbNPjwAAAAAAAO91Xo9dRR4AAAAAAO70&#10;mes0jQYPAAAAAAC323EjHgAAAAAAUkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISOfXoCAAAAAAB4sWNmRowHAAAA&#10;AICG0zQAAAAAABA6r4eteAAAAAAAuJ+NeAAAAAAACAnxAAAAAAAQEuIBAAAAACD0uxH/eXIKAAAA&#10;AAB4KRvxAAAAAAAQEuIBAAAAACD0O02zT04BAAAAAAAvZSMeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHTOfl/7n38HAAAAAAD8D38b8SI8AAAAAAAknKYBAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidOzPXBwAAAAAA3MtGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND5e+2DUwAAAAAA&#10;wEvZiAcAAAAAgNBvI95CPAAAAAAA3Osz3414ER4AAAAAAO63M3P+IvznwUkAAAAAAOCl3IgHAAAA&#10;AIDQ+VuEd58GAAAAAADu9fluxLtKAwAAAAAAgZ05r7cYDwAAAAAA93MjHgAAAAAAQr+NeCfiAQAA&#10;AADgXp/5bsSL8AAAAAAAcL+dmUOEBwAAAACAjhvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQOj4OxXv&#10;UjwAAAAAABTO67FiPAAAAAAA3O6YsQ8PAAAAAAAVN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgND5e+2DUwAAAAAAwBt9ro14ER4AAAAAAO63TtMAAAAAAEBKiAcAAAAAgJAQ&#10;DwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhM7Zv8fus4MAAAAAAMAb/W3Ei/AAAAAAAJBw&#10;mgYAAAAAAEJ/If7z8BQAAAAAAPBS5y/Ci/EAAAAAAHA7p2kAAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2b2+wEAAAAAAPf5jI14&#10;AAAAAADI7MwcNuEBAAAAAKBjIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;ICTEAwAAAABASIgHAAAAAICQEA8AAAAAAKFz9vva//w7AAAAAADgf/jbiBfhAQAAAAAg4TQNAAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAChc2Zmv/8AAAAAAID7fMZGPAAAAAAAZHZmjrEJDwAAAAAAGRvxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh8/faB6cAAAAAAIA3+tiIBwAAAACAzl4h3jY8AAAAAAAkbMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAocN5eAAAAAAA6Jwzf/9XqyAPAAAAAAD3c5oGAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDomH16&#10;BAAAAAAAeC8b8QAAAAAAEDqvx9qMBwAAAACAW30+3414DR4AAAAAAO63e52mUeIBAAAAACDhRjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAAKHzeuyTUwAAAAAAwEvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCvxvxjsQDAAAAAMD9bMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAoX9vxH8enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAChY2dmn54CAAAAAABe6rweq8YDAAAA&#10;AMDtnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgdP797Mzus5MAAAAAAMAL/W3Ea/AAAAAAAJBwmgYAAAAAAEJCPAAAAAAAhP5uxH++HwAAAAAA&#10;cCsb8QAAAAAAEBLiAQAAAAAgdO7MXB8AAAAAAHAvG/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACJ2/1z44BQAAAAAA&#10;vNQxOyI8AAAAAABEnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpnZnZmdh+eBAAAAAAAXuhvI16EBwAAAACAhNM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid12OfnAIAAAAA&#10;AF7qmBHhAQAAAACg4jQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQOq/HPjkFAAAAAAC8&#10;1CHAAwAAAABA55ixDQ8AAAAAABU34gEAAAAAIHTMzHyengIAAAAAAF7qvCK8GA8AAAAAAPdzmgYA&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHT+/ezs7LOTAAAAAADACx3yOwAA&#10;AAAAdI6ZsQsPAAAAAAARN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEjtmnRwAAAAAAgPc6r8cK8gAAAAAAcLu/0zQiPAAAAAAAJNyIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAAKFjn54AAAAAAABe7JiZEeMBAAAAAKBxXg8xHgAAAAAA7udGPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAA&#10;QkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAITO32sfnAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTMz&#10;+/0AAAAAAIB72YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEA&#10;AAAAAC9lIx4AAAAAAELHjm14AAAAAACo2IgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonJmZndndh0cBAAAAAID3OWYEeAAAAAAA&#10;qHxP04jxAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AgH/Yu4MUyZUkgIIuEfe/cswiVZW1aviDHgJhBqKjoRa+&#10;fjieAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonP30CAAAAAAA&#10;8F5rZmb29QEAAAAAALdymgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAIre/TkXgAAAAAALibjXgAAAAA&#10;AAgJ8QAAAAAAEFp7PkdpHKYBAAAAAID7/bkRfzw3BQAAAAAAvJTTNAAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABBa3+d+bgoAAAAAAHgpG/EAAAAAABAS4gEAAAAAICTEAwAAAABA6M+N+OO5KQAAAAAA4KVs&#10;xAMAAAAAQGjNzOzrAwAAAAAA7nOMjXgAAAAAAMjsEeIBAAAAACAlxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qnD0iPAAAAAAARJymAQAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQmpnZ&#10;1wcAAAAAANzLRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGh9n/u5KQAA&#10;AAAA4KVsxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo3E9PAAAAAAAAL7Z+HluRBwAAAACA250zIjwA&#10;AAAAAFTciAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACB0zuynZwAAAAAAgNe6NuLFeAAAAAAAKKzvU4wHAAAAAIC7uREPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhP7ciD+emwIAAAAAAF7q/AR4ER4AAAAAAApO0wAAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTN7Ph8AAAAAAHC39fPYYjwAAAAAANzulN8BAAAAAKBz&#10;zjhMAwAAAAAAFT/WCgAAAAAAISEeAAAAAABC6/s8npsCAAAAAABe6tqIF+EBAAAAAKBwivAAAAAA&#10;ANBxIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AIDQ+nns/eQYAAAAAADwTjbiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ&#10;ObPn8wEAAAAAAHdb36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEPrz&#10;Y63Hc1MAAAAAAMBLXRvxIjwAAAAAABROER4AAAAAADpuxAMAAAAAQOic2U/PAAAAAAAAr3VtxIvx&#10;AAAAAABQWN+nGA8AAAAAAHdzIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIrZnPdXgX4gEAAAAA4H42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQmv2zO8HAAAAAADc57ARDwAA&#10;AAAAnS3EAwAAAABASogHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBo7eux//lnAAAAAADA/+OcEeEBAAAAAKDiNA0AAAAAAISEeAAA&#10;AAAACK3PP3scqAEAAAAAgPvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC14344/oAAAAAAIA72YgH&#10;AAAAAICQEA8AAAAAAKHrNM2+PgAAAAAA4E424gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHrx1qP6wMAAAAAAO5kIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAAKH189hPTgEAAAAAAC90zLURL8IDAAAAAMD99jhNAwAAAAAA&#10;KSEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQWjPz+dnW/ewgAAAAAADwRjbiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;nfvpCQAAAAAA4MXWz2OPJA8AAAAAAHc65jpNI8IDAAAAAMD99rgRDwAAAAAAKSEeAAAAAABCQjwA&#10;AAAAAISuEH88OwUAAAAAALzU+j7FeAAAAAAAuNsV4vf1AQAAAAAAd3IjHgAAAAAAQkI8AAAAAACE&#10;ThdpAAAAAACg87kR70Q8AAAAAAAknKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEPj/W&#10;ehyfDwAAAAAAuJWNeAAAAAAACJ1jER4AAAAAADI24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQufsp0cAAAAAAID3shEPAAAAAAChtWdm9sy2GQ8AAAAAALc7Z8Z1GgAAAAAA&#10;iDhNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACK2fhx9sBQAAAACAex1jIx4AAAAAADJ7&#10;hHgAAAAAAEgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDkmJn19z8AAAAAAMC9bMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh9flnz+z97CQAAAAAAPBCn414DR4AAAAAABJO0wAAAAAAQEiI&#10;BwAAAACA0CfEHw9PAQAAAAAAL7V+X2I8AAAAAADczmkaAAAAAAAICfEAAAAAABD6PU2zn5wCAAAA&#10;AABeykY8AAAAAACEvj/WaiceAAAAAABud23Ei/AAAAAAAFBwmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAIXSH+eHYKAAAAAAB4qfV9ivEAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAitmZk9M3s/PAkAAAAAALzQZyNehAcA&#10;AAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0NrXY//zzwAAAAAA&#10;gP/qmGsjXoQHAAAAAID77XGaBgAAAAAAUkI8AAAAAACEhHgAAAAAAAidM59j8QAAAAAAwL2OmVnH&#10;n/8AAAAAAAD3Wr+v/eAUAAAAAADwUm7EAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQt8f&#10;az0enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGjt67H/&#10;+WcAAAAAAMD/45wR4QEAAAAAoOI0DQAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAA&#10;AABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC6/e1H5wCAAAAAADe6LARDwAAAAAA&#10;nS3EAwAAAABA6nuaxm0aAAAAAAC43bURL8IDAAAAAEDBaRoAAAAAAAgJ8QAAAAAAELpC/PHsFAAA&#10;AAAA8FJ/fqxVjAcAAAAAgLs5TQMAAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQWt/nfm4KAAAAAAB4qWsjXoQHAAAAAIDC70a8FA8AAAAAAPc65ncj/nh0EAAAAAAA&#10;eKM9M2vPzza8GA8AAAAAAHc7nx4AAAAAAADeTIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgtH4ee/aTcwAAAAAAwCtdG/EiPAAAAAAAFJymAQAA&#10;AACAkBAPAAAAAAChK8Qfz04BAAAAAAAvtb5PMR4AAAAAAO7mNA0AAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEFrf535uCgAAAAAAeKXDRjwAAAAAAHT2T4i3DQ8AAAAAAAUb8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEDonO0+PAAAAAAAVNbMfH6rVZAHAAAAAIDbXadpRHgAAAAAACi4&#10;EQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELpC/PHsFAAAAAAA8FLr+xTj&#10;AQAAAADgbk7TAAAAAABASIgHAAAAAIDQ6SQNAAAAAAB0bMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhNbMzL4+AAAAAADgPsfYiAcAAAAAgMweIR4AAAAAAFJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgSb8QqgAADElJREFUJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABAaM2+XvuffwcAAAAAAPxXx89GvAgPAAAAAAD3207TAAAAAABASogH&#10;AAAAAIDQmmPm9wMAAAAAAG5lIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z/bTMwAA&#10;AAAAwGudOjwAAAAAAHTWnpnZM3sr8gAAAAAAcKdjrhvx21o8AAAAAADcbo8fawUAAAAAgNQV4o9n&#10;pwAAAAAAgJda36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACE1szx+dnW/fQoAAAAAADwPqcADwAA&#10;AAAAHadpAAAAAAAgJMQDAAAAAEDonOPpEQAAAAAA4L3WzMwc1wcAAAAAANzKaRoAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQObOfngEAAAAAAF5r&#10;fZ+CPAAAAAAA3O06TSPCAwAAAABAwY14AAAAAAAICfEAAAAAABD63Ijfh+s0AAAAAAAQ+PNjrcdz&#10;UwAAAAAAwEs5TQMAAAAAAKHTJjwAAAAAAHRsxAMAAAAAQOhzI/4Yi/EAAAAAABCwEQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEFozM/v6AAAAAACAe9mIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdM7sp2cA&#10;AAAAAIDXWt+nIA8AAAAAAHe7TtOI8AAAAAAAUHAjHgAAAAAAQkI8AAAAAACErhB/PDsFAAAAAAC8&#10;1J8faxXjAQAAAADgbk7TAAAAAABAaM0cM3s+HwAAAAAAcCsb8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEDoE+KPh6cAAAAAAICXWr8vMR4AAAAAAG7nNA0AAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qsxEvwgMAAAAA&#10;QOIU4QEAAAAAoONGPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAAKFzz356BgAAAAAAeK01MzN7Zm9BHgAAAAAA7nbOzNiKBwAAAACAhhvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJrZl/P/c8/BAAAAAAA/rtrI16EBwAAAACAgtM0AAAAAAAQEuIBAAAAACB0hfjj2SkA&#10;AAAAAOCl1jfCi/EAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QGjN7Ou5//mHAAAAAADAf3dtxIvwAAAAAABQcJoGgP+1c+8qVkRBAEVPyxFE0cTEXEX//z8Eg9FI&#10;A0XGYAQZH/hAvQa23Gxg4G4amrWSrqCDijeHAgAAACAkxAMAAAAAQGj++yyO0wAAAAAAQGCOsazj&#10;cuWPAAAAAADA9TlNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCN8Y4bL0DAAAAAADs1jyOgjwAAAAAAJzaeppGhAcAAAAAgIIb8QAA&#10;AAAAEFpD/LLtFgAAAAAAsFPzGOHFeAAAAAAAODWnaQAAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIzf/DYcstAAAAAABg&#10;h5axvogX4QEAAAAA4PQOw2kaAAAAAABIzeN7eO/iAQAAAADg1NYX8SI8AAAAAAAUnKYBAAAAAICQ&#10;EA8AAAAAAKE1xC/bbgEAAAAAADs1jxFejAcAAAAAgFNzmgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQnOMwzoervwR&#10;AAAAAAC4vvVFvAgPAAAAAAAFp2kAAAAAACAkxAMAAAAAQGgN8cu2WwAAAAAAwE7NY4QX4wEAAAAA&#10;4NScpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQmmMc1vFw5Y8AAAAAAMD1zZ8/vo9vXz+Pr5++b70LAAAAAADszvxy&#10;+XF8eH8+zi8ut94FAAAAAAD2ZRljXrx/O16dPR+v37zbeh0AAAAAANiZZcyL87fj9dmzcfbi5dbb&#10;AAAAAADAvizLmHdu3Rz3790eD+7f3XodAAAAAADYlWWMMR8/ejj+/P41nj55vPU+AAAAAACwO38B&#10;V3I6K0tXwg4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAOAEj61lJQAAZSUAABUAAABkcnMvbWVk&#10;aWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBvAG8AAP/bAEMAAwICAwICAwMDAwQDAwQFCAUF&#10;BAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQF&#10;CQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FP/AABEIAH8AewMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1&#10;EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoW&#10;FxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy&#10;8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUE&#10;BAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkq&#10;NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAM&#10;AwEAAhEDEQA/AP1TooooAjxto/gqCWaO2jeR2CIq7mZ/lVa/Pn9or9vPW/Gvic/DX4AWc+v61eu0&#10;D65Yx+a7uPvfZd3yqi/x3D/KvzMv8Mta0aMqsvdMalSNKJ9V/Gn9qD4d/AWx3eKdeSPUHXdFo1qP&#10;NvZR/wBcv4V/232r/tV8d6x/wUI+Lvxs1C4034J/DWY28T+S2ovA168X913b5IIv912auM8Ifs5+&#10;DfBWt3WofFLVW+KXj+VmuLrR4ryV9Pspc/P9quvvXUqt95fu/e3J/FXqN/421jUdPh0uKaPSNFiT&#10;ZFpGlRJa2sUX91Ei/h/3t1fZYDI/bR54Q/7elsfmuf8AGOFyiXsZ+/P+WJ5nr/w2/aK8VZuviT8c&#10;NK8Do7fvbGXXGD/+A9miRf8Aj1cxN+yh4N1BfN1f9oi5vLp/9b9l8L3kqf8AfbS13niVEh0t5WXZ&#10;5Uq1S/4QzxAkc07aVEiRbX2PdIjsuze//fH8X+1W+PlhMjlCGKxPJzHHkmeV87oTxFKicpD+yx4a&#10;0n9/4c/aQazu/wCH7X4evLJP+/sUtdjoHhD9qz4fxLc+BfinYfEe1SPetpBrSXTeV/1yvF+X/gD1&#10;g/M++KWKWF0+R7e4XypYv99K7FtTsLaRYpbuOF1+VS77PmX/AGv71ejHC08RTVaWJjPm+HnOPNOJ&#10;q+U8nLh+b+blNnwj/wAFL/Ffw91iHw98a/h3eaRdsNwuLe2e0uNn97yJfll/31dVr7O+GPxr8FfG&#10;nRjqPgvxDb6ykSqZreN9txBu/wCesTYZP+BL/u18hS+LLjWdDbQ/E1tZeMNAlfbLpuvwfalb+Hcr&#10;P8yt/dZW+WvG7r4AxJr3/CU/s8+ItS8OeL7N3l/4Q6+vNtw6p9/7BcP8s67f+WUvzMu/e/8ABXh4&#10;7JPZe9P3f70fgPocg4sw+cx5KXxx+zI/W7oKToK+J/2Tf29YfiNqkPgX4lQf8I14+ilNmks0TW8N&#10;5Kvy+U6t/qp/9lvlZvu7d6rX2zXyNajVoT5Jn6DTqRqx90fRRRWRsNyM03+GjHpXyP8A8FBv2k3+&#10;CXwr/sbRrx7bxX4iV7eB4eJbW1+7LMn+186on+0+5fuVrRoyxFT2UDOpKMI8x4r+17+0X4n+PnxA&#10;T4EfB4NdwzTta6tqMUv7q6Zf9ajOv3bWL/lq38bfJ93/AFuDodn4f+Bfhqfwj8Orr7Xe3S7PEPjN&#10;F23eqSr9+KB/+WVsjf3Pvf8AfTvJ8L/hafgN8JJtGkia2+I3im0jk1yb/lrY2zfNFYI38G5fml/2&#10;n/3NuToPh6fxDqX2OJms7SD/AI+rjyt+z/pkn91nTf8A7tfY1HhsqwP13F/wYf8Ak58FVzb67iZY&#10;HCS5qpSs7mLSpUnWJUSL5NifInzV6H/wh+n2dvLPrl800qLvluEuWit4l/vpEj/3fl/i3b/9uuP8&#10;VaDZ+HtS0+xtpZJpWtZZbp7iXe7fPsR3X+H+P7lXo2shoEN3qEyxabZq0rC6l/0eB1++2xvu/wD2&#10;deJi6WM4xweHxGW4j2VL7Z8vj6mDyGvOrisJ7Wr8ECGaH7T4cvW8uSG3llaW1t5mZ3ii3/uvvfP/&#10;ALVWP+Fka15SKttp7yoqo1xK0r73/v7P8/NXn0/xwm8WwXVv4H8Hav4wiXejXmw29q3/AAN//sa5&#10;i8+Ll9ok6aVrXgrWdN8US7Us9JRfNS83f88pf7v/AH1Xq5lhOG8xjSwuKqxnOkPhfA53hKVWryey&#10;9rL4T0pHnvNS8+8nkvLuWVPNuH++39xE/uqn9yu303xBpVhptppGqskLRRPEz3EDeVLudt+1tu35&#10;1+f/AIHXi1m/xbtmi1CXwLokyIyP/Zyan/pH+59/71dr4K+Ktl4v1K40S5sdQ8O+I7dd0uj6rFtl&#10;ZV+8yv8AdlXiuLE5bkXFNCGX4XEckqXw8o8zxGccP1frtLDxq0vtGz9ttrO1vv7Nna80yKJHtn8p&#10;kSJ2/wCWSO33lT5Nr1zMNzF5qeVPsuIm3xPC2x0df40f+8n+x92t3xbNJJZJArYldWdf/ZP/AB+u&#10;rtrPRfG3hWKC2iZ4rJdkUKKyS2cqpt37Ff73/oVb53nMuDsPh8FKHtYfDORw8K4T+044jGw/dTl7&#10;xx3jzwPp37UFnFaajLbaP8WbeLytH8Qttii11V+5ZXv/AE12/Ksv/wCy3sX7DH7W2p+JrmX4S/Et&#10;p7Dx1pDvbWdxqA2zXaRfft5f+msW37/8S/7XzP4do9m2sSxQSq0P/PX+F12v/wCOtvSpv2j/AAVc&#10;+NPDSfFvw5NJZ/EPwd5D6u9u3768sYv9Ve/3nlg+VXf+Jd/91K9TFZfGvhoVofwp/wDkh9dgc9pR&#10;xn9nzn+9P1WwBRkV4d+yd8fof2gvhDp3iNjFHrMX+i6rbxN/q7lfvNt/uuu11/3tv8Ne4Yr4KpCV&#10;GXJI/RKcozjzRIZACp96/K/Sdeh/af8A20fEvj7V0+1+CfASfaYIid0UiwSullFn5l/ey75dv+/X&#10;3p+1Z46b4afs8+PPEEUnk3cOmPFaybtuyaX91E3/AAF3Vq/Pz4EadJ4A/ZT0y/g/c6j478Q3F7JM&#10;jf62zs/3Soy/3fN3N/wOvoMqw7n7y+17h4WbV6tOhP2Pxcp6HrOtTapc3mrapP8A6TdSNLI7/wB5&#10;m+4v/oKrWN/at5olxcX2mMqRXEuy8tLiL7sq/cd/4lbZWl4SSLxFqtxdywM8NlFFFEjujokrfO77&#10;Pvbtu3a/+/UV4i3+veIFZcxSypEyOuz51iTe/wDn+5XdWzihxBnE+G54f9xA/BKOW4jhzBwz+rV/&#10;ezkce7y3V7cXUredcTy72f8A9ARP9n/Yrz7xRdWXj74g+Evh42oRXOlPcy3+sW9vP87eUjskTbf9&#10;x/l/26vfGzVbzwf8PtblguVs7tmitYrjdsfZK+13i/2tu+u78B/C7wh4M0jR5NF0q2muIrVHi1aa&#10;L/SJfNT55d3+3v8AufwV5fFuc0uG8B/ZtCHJzn67lGGpYqMMwq+8P+I/xBs/hf4atZfskbwtL5Vr&#10;Ywt5UUUSpulb5VbaqLs/h+86b62vDHiex8W6TFrGmeZ9n3SxbLiLZLBL8nmxf7P8H3G+an6x4e0z&#10;xCtuuq6fBqSQS+bElxv+Vv8A2Zf9h/laiZ9K8IaJLOy22laVZLvZIotiLuf+BV+8zs33E+Zmev5n&#10;9pSrYfkhze2Pr+ahVocsYfvTjfi/8S73wDZ2kWm2PnXd1vl+1yxbookX76bf4m+5/urvasv4iate&#10;a14U+HfjvTNDu73UtPvop3tLeLdKsEqussSf9Mt6fK/+2rfx16dpuqx6lp0V3YzrNZXUXmxSp9yV&#10;P9z/AOLq3vbfu3/PXfgsyWWVIVaUOWrAxrewq0PqsqXv/bPGrb4xaV4k8ULp99peqeGdQuvls7fW&#10;7Xykl2/wI/8AerpPJ8mfz1aW2uF/5eLeV4pf/Hat/G/SrPXvhL4l/tL5/sdm2oWtw7fPBLF/qnR/&#10;/HP+B03wRb3Gu6fpN7epmQ2cUsqf35WiR/8A7Kv6b4Xzv/W/Cz+t0vfgfn2bUsHkOD+sUfdjE6Lw&#10;5pN3FaSrZ2fnSrsed3lWLZu+fyvm+8235/8AgddF4G8WR6NqllqsS/a7CXelzEy70ntW+WWJk/3d&#10;3/Aqo6PrUWiX00N9L5On3Uu+K4f7kUrffSX/AGX+Tazf7tYOpawtve62sDb3lvpW3pL5qJ8ib3R/&#10;9v8A8crTLc2zCpnWIyXG0uXDx+E+Ar5XQxWFw+dZbV5sRze8WP2V74/stftn678L5blx4U8S7F0u&#10;Z33I8bK8tk3+9tZov96v08IzX5CftKC7g8BfBn4nWPmR6r4c1GXw5LcO3/PB/Psv++F81a/V3wt4&#10;ni8U+GNI1q0GbXUrOG8i/wByRA4/Rq8jN4cjjWf+H/wHQ/fsuq81I+VP+CpOtnR/2aUgVuNR1mC3&#10;Zf7yrFLL/wC0q8N8QaP/AMI98Ovgxo275LPwXZXbJ/01n3M9er/8Fa7eVv2edCliXfs8QRI3/ArW&#10;6rhviJpbaronw71C1l3vL4L0nbC/3GXyn+7/ALVezkkOd0ow/vfkeDxBi6WEpTnV+E89hmubb7Re&#10;QRXLpbxJLdPbsyIkW/8A5a7f8/fauu014Lm1iezZUt/4UT+CrvwxsIk0m7ne2l+0NeSpK8sS/Oi/&#10;wf7uz+//AOgVwmg37aOm2JVeJWaJkSXejKrvs2P/AB/79Rwvn8MXnWLw86XLy/aPznirIPruXUsR&#10;Rq/9umV8ctNt7aXwd4kvrSTUtI8PaqtxqdusXm7YG2KkrL/EqN/6FXoc3iHSodHl1mXVbb+yvK8/&#10;+0ElV4ni/gZG/wBv+5/fov4o9Z0W7tLeVT9ts5bdZf8AalidPmrzn4RWWk+K/hHb+E9Rttt1o26z&#10;1PT0bbLbyrKzpL8vzLu+8rf79fJeJ2VwnVpY9/Aep4e5gsTgPqGJ/wCXR1Hw9+IumfEvRrjUNNil&#10;hSCXypbeWVJXX5NyP8v99f8Avlt61N458Aaf8RdIi0/UJbmFIpftCvaMm/ds2/xf7P8AH/DUvhXw&#10;Jofgdrv+w7FrP7VtVkeVpdirvZETd91dzM9YXxks/EF/4NWDw1FdzXbXivL9hdt/lbH2fdZW2+b5&#10;X+795vlr8GgqTxtsJ7h+vR5Z4z/ZPcgbfgrwhbeAfDjafBeSzWiSS3DTXCqqRbvvbV+6qfJub/a3&#10;NVfwl8R9B8c6pqtjpEssz2a73ldVRJYt+zzYvn3bd399V/vVL4LXxBeeFUg8YQRvqUu+KVP3X72L&#10;aq/vfKZl3P8Avfufw7f4qqaX8NdB8E317r2lWc8N3b2c7rby3LPEjbPnfe3zbnVVXez7VrTkhVnO&#10;GJ9+qFT2XNV+se9M539oLw/qGqeEP7Xgvlm0/RGW/vNBuF/0fUYom3P5rr825P7n3a9C0doZdJsp&#10;4A3lXMUVwrv9/wDeru/9nrzmLWNf+OfhiKCz0d/CfhDVIla+v7u5inuLqLd88UCp9zds/wBa1ej3&#10;17Do9koEaoqRrFBD/squ1f8AgKLX9P8Ahvl2OyzAy+uw5IH4Bx/jaWNeHyvCz56v2iPWNWj0qJ9r&#10;L5rr/H9xE/vtXJBGREVopIfNXfEksTRb1/vpVq2vGTXtKuZ5V/4/onleVVdF3Ps/i+X+P/gNdj8S&#10;fNv73SrOJmmu0llllh835FXZt3v/ABf7r/79dOccSV6Of4fLIUv4v2j08kyTDZTlU8RVmcT8SNNb&#10;WP2Rviarfc0bXNG1df8AZ82VoGb/AL5r7r/Yv1i41z9lr4b3G7iPS1tR9IXaL/2nXxn8QLSDRP2S&#10;/jYGl86a6TRosfwbvtvy7f8Ax6vrb9g1JLT9kv4eo3U29y5/4FdzN/Wsc7hyxnzfz/8Atp+kcOYq&#10;GOw8atD4bP8A9KZg/wDBSTws/iH9lnXriKLzpNKu7W92/wCzv8p//HJWr5+8EaifE/7O3wg1onc8&#10;WlS6HN/eiazkaLa3/AUr72+J/g6D4kfD3xH4WnASLV9Oms/NcZ2Mysqt/wABba1fmF+y3f6lL8Jv&#10;if8ADedGh8QeDtR/4SSC0273aL/UXsX/AAB03f8AA6MixEaDhOX2J/8ApRxcVZXLM8BVoQ+I7zWd&#10;NW/P2ZI7ma4umRFht5dnmvs/j+bbt2p/HXKbGTf8rIkUvlNvi8p4n/uOn8LVtaV4him17RGvIvk8&#10;14t9uu/c8qbYn/2f9+un8TWCx+I4X/dvNLbNFeW+370S/wCqlf8A9BX/AGd9RXzueE4m/s2OH92r&#10;9s/OMty+vlmQTxtWfNKl9g4nR9VbTZXX78Tf61P/AGdKTxZ8N9N8WXkOt2lzc6R4kii/0XV9Kl8q&#10;WVf7sv8ADKv+9Vu/8PNDultN0yfxJ/Gn+5/eqLR9V+xt5Erf6I//AJCav0urQpYmH1fFQ5onz9Sr&#10;9Yn/AGrk8+Sr9s8l+JC+NNE8C67qLfEbWbn7PEj/AGdLWK3dv3qffli+aotB/aN8T2FmkWq6Vp/i&#10;R9ibbtJWsrh/97buiZv9r5a1/wBqG5S28Nafp8TRebr14qMm/wD5ZRfvZX/3X+SvGv8Ad+7X4Rxb&#10;leWYarHD0qJ/WHh9hqXEmU/XcbA9C1749+KPFU1jpVnBbeD7LUbqKwubi0la4vvKlfa+yV/li+X+&#10;4m6uz/4V3q+twr4evvG+v6l4df5G0q4aJHaJX+5LKnzMtfP+rXLWdkl5F96yliul/wC2UqPX2XpU&#10;MVhZPfTt5Pmr5v8AuRN8yJ/wOvd4OynLsTQ9+l8B8l4nVf8AViMIZf8Ab/8ASi2v2TQtPWOONYbW&#10;3iWKOJfl+VfuItcpc3Mt5cPPI/zv/wB8In9ypb+8n1W6T5W/uRW6fwVsaV4eWF0lu9rv/DD/AAJ/&#10;v/3q/XZfvfh+E/nXCRoZDSni8bPnxEzMsNBl1VX89dlo3yNvT/W/7ldNDZtbK7Ncz3juqxedM299&#10;i/cSrXhXSrbW9Lm1XUIra5W6ld4kuFXZFEr7E+f+Hfs3VyX/AAlrfYJfsNs0MW5/K85vNl8rf8if&#10;7VfnuScSZdnObVaUMP7+H+2exneRZ1i8HSq+19yr9gh/ac1ddC/ZWubdWZLjxF4qtbWJf78UETys&#10;3+7u2rX6A/sxeFZfB/7PXw90mVAk8Gi2xmX0lZA7/wDjzNX52fG7w5efE79oH4PfA+MteHQoIv7Y&#10;Yfw3Ny6z3v3f+eUCr+dfrDaqlvbpFGu1FGAB2rzc5xbqXf8APJy/RH6/w7lrwOCpYaX2Yokfa6+1&#10;fmR+13ot9+yl+1j4f+MelWj3PhrXZXbUbRU+WXcmy9t3/h+eLbKm/wDi3/3a/TjcorzH4+fBnSfj&#10;r8L9X8I6mRD9qG+0uym57W5X/VSr/wAC+9/eVmX+KvDwddUKvvfDI+prR54nwd498IweHdZf+ypV&#10;1XwrqccWpaLqEStLFPZy/PF8395fu/8AAazvCulQarr0tm09zbf6K8qS28u2XzVdE+fd95dn8FZ3&#10;wG8V3vw/16//AGevii/9jXVreMnhrVZ2/d2c7nd5DOT/AKif5Xib+83+0m3v9e0S90XUpYpz/ZGr&#10;6czbnlRflX+Pf/eiZf4v+BLX2OOpVcxyydPBz5MRCPuSPxzMsRLLMxhHFYfnw9U5LWdV8S6N400T&#10;wVouhDxp4p1vzW0y3t5VtUlijXdLLK7fJFt2tU+p+D/irfStbJ8CvFUWt/xPHeWv2Rm/667tte5f&#10;sJ+EJvHOs+J/jjqdr5Kaz/xI/DNu/wA/kaXA3zyr8v8Ay1lRm/4D/tV7v+0B4D8V/FL4dXXh/wAI&#10;+Nn8EXVw+y61COyaeWWDa2+FGV0aLd8vzp8237v3q+dwmeZrDDQpYqfNOJ93R4PyWjX9rQh/6Ufj&#10;342PiPXvHOvPqsMVzdaBbywfYdPuVurXTYov9a3n/d/1reVu/il+VN3y1z/2lUiiadGh81UeLf8A&#10;xo29d/8Au/I/z/8AAq/QvxJ+xF/Yeh+B/AelXEMnw207dq3i5of3Wp+I7+I7oomRf+WTfdVd+2Ld&#10;/fRGr4m+KGieLLzxPpWt6zZw6P4g8YwXUlr4ZW1+zvp1nEyRW8Xlf8sotkWxV/55RO38VeRiaH16&#10;r7WrP3j9uybMKeBofVcLHljE4qR4NStZoPNV0li3/wDAW+TfX0b8LtK+Lfj74daPqui+DrTx5pVl&#10;/oE76NqcUV7ayxJs2XEUuz59u19yblZXSvOfhh8Ebv4l/AL4geM9OguYJfD5ik0y0VfNS8VYna9+&#10;T+Jlil83d/wCvqD9mnwJ41/Z+8QeB/G3hDS7zxp8LPiFpulx6jp9lulvdHllRNtwyfxxIzy/vf8A&#10;nk7K+3YrP05fVr5Zz/V5/EeVxPTwGd04fWI81Wkcfq+mfE3wJ4b1PxFefBfWtN0LS4vtGp6jqGq2&#10;qzRRL951iVmZtq/NtSkn8aLqFnFeWLMmnzqrwXflMyOr/c+f7tfpzeadbapZz2lzbx3FtcxtFLCw&#10;3K6N8rL/AN81+baadd/AbxN4v+DUyyXIsZftvhb7RudLrSbp3+Vm/wCndtyt/u16tTibM6MeSlHn&#10;PxLHcI5Pyzxsoe9H/t45yS5uX02LSpbyX7FF5u23T5N+59zpK/8Ay1X/AGK6HwrNYeErLVfiF4kg&#10;d/DHhOJbxom+T7def8u9rF/eZn2M3+zW/wCEvB76vexadZQwI6xbp7qb5IoI4k+aWV/4VWvMPEEl&#10;5+2d8XdC+FHw/nmj+GegSfaLrVnX5LyX7st+yf8AAtsSt/e/h3fJ9PWwmFy+l7PDx5Jz96Z83w/j&#10;auc1ef2X7qB7D/wTY+GGq+MfEni/45eK1Fxqes3UkNnK6/flZ99xKn+yvyxL/uutfodXK+A/BOl/&#10;DvwvpegaLaraaVpdutrbRKMbUX8PmZvvM38Tda6r8K/PcTW+sVOY/YqEeWJ8EfEHwf8AEDwV8Q9T&#10;/wCFlfGfx14b8Japff8AEp8V6DLFFpNr5vyJb3q7N1q25kVJf9U395Hra8WfAXXtCvPD9lb/ABs+&#10;LWvXutzyxWq2+vxWsSJHE0ryu2z5l2p8u3726ua+KX7QV98VvFmveGPGfhr4h+H/AABZ3T2Uvhzw&#10;94buJdQ15F+/9qul+WKB/ueVF8zq3zS7HroPDn7QngjWviz8L/B2meHNb+HdrodtfXFtb+KtMXSr&#10;dbVrJoooovNl+f5v/QGr07VYe9KJz+6cJ4y/Yw8M+L9UeXxh4s8beJNVtYlt2fUL5r2WKL7yRPKs&#10;T/39+zf/AB15F+0r8NvCHhbUvDXhef4g+O7zxd4hkgiaXU57y8+x6ZudZZXiWJpJflRkiiVa/QDR&#10;beS61TxFrXh/U4IbqTVZfMfd59leIsUW0Mqv95f+esXzL935q8Y+JfgLx/4v+P8Ao3xI8PeNtA0K&#10;88NW0uiwaTrFi9/a6dLKu2V2lgZNrSq6NtuPKZf7tP67U+EqnhqXxTPRPC/xa8Y6N4S0fRvhv+z9&#10;4nfw/p1rFY2beI76z0H91EuxP3UrPLt2r/FErf7Fbc+t/tGeIArWnhX4e+DYv421fWLzV5f+ApFD&#10;Ev8A4/Xxb4q/4KEfFTSnSDwv4t8G+OLuJZX1CKx8M3tull5X3/nll/e/N/c/3qt/D7/goZ8TPGUb&#10;Wuq+Pvhn4M1DzdkUXiHQNSW3lT+/9oileJf919tYyy/EqHteQ6/bU+bkPqbXfDvx3sLVp/8AhYPg&#10;DVbj7zaffeFLq1i/3VliunlX/vmvi39pa88Qab48fxHrnw7udH8V3uhalpF1q2kyvq9leM0SJaS2&#10;8uzdEyfOmx0V9j/favoRvHf7VXiC2luNFi+EPi/R921dR8Pyy3UL/wDfMu7/AMdrzXxD4h/aLt9R&#10;eXxB8Lote09FlRk8MWd1by+b/wAsn3y/eXd/c+ailScffuOONpQq8h2PwE8PePbbwVpnh7wP4e0T&#10;4V+GorXfLd+KYpdS1C8lliRJZUsll2xLK6f8tZf+AV7hoXwz+N+k21v/AGb8Y/DlzFbx7YtOufAy&#10;RWhX7qRborhGVf8Adr548N+LP2orDToZdO+HHhqGX5f9HuLG/wB6/wDfWxf/AB+uwufix+0v4Wsl&#10;u/F2sfBr4d2jxebv8QSyo6r/ALqS/NSlQqEfXaU5e4e1jxn+0P4csduqfDXwn42fdnz/AAv4klsH&#10;ZP8ArleRfK3/AG1r5e/by8Z/8JT4T0fxLrHhHxn8LPHPhW5Xy7u4s1lt7+znfbcWsV7avLA0u1Fl&#10;VJXX7jf3q4v4h/8ABRL4o6Dc21t4a8eeDPGDt/x9S6Z4XvYLeL/clnl/e/8AAV210dt8VPi1+0Vo&#10;HhbwfffGPwNDa+P9Dv31W0tNKUS6TFHEvmxS/vdys/muu75fuNVxwmJw/JVn7ge0o1fckWLP4D6B&#10;4h8DS2lt8Y/H154V8R2sV1Lbp9j2XkTpvRH2/N/vJ/v1v/Df9mKLwDpN1H4H+KPxD0eyvJVad9Ji&#10;sv3sq/J8zr/Eu77n+1XvfwtttQ+F/wAJfCng6zlPibUNJ05LJvEd9Zta2UqL9xli/wBbLsTanyf3&#10;fmeug+EmhppF940EHm3Mt5qcV5fXLrte4na3i3u6r8q/IkSbV+6qJWksXUnCfOc31alGXLSPFtK+&#10;DnjnVNcTSx8ePippsslvLLHPe2dq0Uoi27tjf3vmVq25/gj4u0qVrW7/AGp/FdpcR/eguP7LR0zy&#10;AQ/PQjk9Rg967z41fFrw/wDBfxB4N1DxP/aW3UWvNPs4dPsZbqWWVkibZ5SfN91Hr5+8YeK/2XPH&#10;niS+8QeIvhpr2p63fsJru8n8MagjzPtA3EK4GcAdBg9qziqk/esS1GPun6E1wPxK+CPgX4xQW8Xj&#10;PwnpfiRLYN5D6jbK7RbvvbG+8td4KXAxXkc0oy907pRPhTwxJqP7CYvvCnirRLm8+Dkuoy3uj+Md&#10;Html/shZX3PBfxJ86qvy7ZV/8e+6vBa34c1ub4k698XvCt5ocHh/XPiFpNvZ+LrBmlvvsU/2S3d9&#10;8UvlS2rPuia3uF+Rt7fer9HJreK6heCVFljZMOjL8rD+7Xzp4n/Yh8HtrVx4g+HOqap8JfEsnzy3&#10;fhWXy7Sdv+m1m37pk/2V213QrU5S98iPNSPL9Yb4VfHHxrc2fjL4JW1vZ3Wtap4e0fxHa3ES6he3&#10;tikryxSxReVLEzrFL5W5n3bPm2bk3+Qj9jz9nP4iqkvgz4oa34cuJ4NLlS1vNtyi/wBo/wDHkn71&#10;Vd3l+75SSsysfm2168fgv8Zvhj8QU8cT+B/A/wAYNZtHldNasZ20PUizp5bTTRM32VpfK+XzVXzd&#10;g27q8J8MfFv4CfDL4meEbzxFpXjDwPqGhare6hLptysGoW91POxaKNpbd8+XbuztENn8XzV20quJ&#10;pfwZk8tCr8ZTsf8AgnOs+q6u/gH46+FdRutHdxfSW7m3uLF1d93mvBM3lbdjbt391q1tU/Zl+P3g&#10;Dw1d6u37SemadoFlLFbz3z+LdRWKBmZFiib5H2MzSr8v+0tdH8L/AA74W8VnxLPpPxbsvEt5rHgz&#10;WfC1vPPol9bySPey+dDNIrKYowrblaOJVT+P7ztXfXv7HLap8OfGnh/wtL4WSLWdE8M2dpAYJYbe&#10;bUNOleWeSVfJ+Xzk+USfO3zNu/2t54nGSX7z/wBJM5YbDfznmOo/sUftL61L9g1v452z7l3vby+K&#10;NRlb5fvfLsT+FlrjIf8AgnXAnh5/GPiP43eE08PrL5Uut2UTXqM+7bsWVpfmbd8m371fV3jv9mW0&#10;1Sf49Xuoalpvh/XfiBY2dhpmp2kcs02nWqWUUUkDssafunliZGVPvxbN391fI/Emm/Drwd4HlHiX&#10;xvovg7xDaeLoPFIi0/TtV1CwaVLM2sayFRDIzFVkffF5W1lX03MQxeMa/dx/8lIjhsNy/ER6d/wT&#10;++Fnhj4car49/wCEw134i2VnpE+r2f8AZ11FZWV6kUUsuzzYlZtrbNv3q5n4PX8dn8MfHeueD9F8&#10;A+CdKi8KwXUXj2y0W8RNG1SWVF+xNe3Pmy3TJE+5pYk2xMyV1Hgv9rb4XXnwzT4N+AvDmu+O/O0y&#10;6024GmW9toUM3niUytEJHxFv8136fL/tNXrPhjwF+0X4v8N6TocTeGPgz4RsbOGxtVjb+3dXit0j&#10;WKNN7futxVV3NWNSrXq/7xM3j7Cl8B518Gfif4d+FHhTxrrPjGXS/Dfh+4vonsNc07WNR1eLxHL5&#10;X717Nbz97K6fIjSxJ5TM7fN8ldR4A/Z71z9pPxPrvxG8dN4r+Hfh+/jgtdA8Oafq0tpetDErL9ou&#10;lX5Vkl/u/wD2LN7V8LP2PPAvw+16LxRqP27x140BRv8AhJPE05u7iIr9wRK3yRKv8G1dy/3q99PA&#10;21wyxEY/wipRlOXvngXw4/Y2+Hvw58WWviWAa1r2u2WWs7zxBqst79l3Lj90jtsVv9rbXvw6UUvH&#10;pXK5zqayDkjE/9lQSwMEFAAGAAgAAAAhAAuFByziAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyo49CENsSpqgo4VUi0SKg3N94mUeN1FLtJ+ve4J7jNakYzb/PVZFo2YO8a&#10;SxLELAKGVFrdUCXhe//+tADmvCKtWkso4YoOVsX9Xa4ybUf6wmHnKxZKyGVKQu19l3HuyhqNcjPb&#10;IQXvZHujfDj7iutejaHctDyOopQb1VBYqFWHmxrL8+5iJHyMalw/i7dhez5trod98vmzFSjl48O0&#10;fgXmcfJ/YbjhB3QoAtPRXkg71kqIly8hKWEeC2A3XyTLFNgxqHQeJcCLnP//ofgFAAD//wMAUEsD&#10;BBQABgAIAAAAIQCMmn+7yAAAAKYBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYoC&#10;MQyG7wu+Q8nd6cwcZFnseJEFr4s+QGgzneo0LW130be36GUFwZvHJPzf/5H15uxn8Ucpu8AKuqYF&#10;QayDcWwVHPbfy08QuSAbnAOTggtl2AyLj/UPzVhqKE8uZlEpnBVMpcQvKbOeyGNuQiSulzEkj6WO&#10;ycqI+oSWZN+2K5n+M2B4YIqdUZB2pgexv8Ta/JodxtFp2gb964nLkwrpfO2uQEyWigJPxuF92TfH&#10;SBbkc4nuPRJdE/nmIB++O1wBAAD//wMAUEsBAi0AFAAGAAgAAAAhANDgc88UAQAARwIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAABFAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY+GswzAEAAAD&#10;EQAADgAAAAAAAAAAAAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAHRZZRMFM&#10;AADBTAAAFAAAAAAAAAAAAAAAAACgBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAA&#10;ACEA4ASPrWUlAABlJQAAFQAAAAAAAAAAAAAAAACTUwAAZHJzL21lZGlhL2ltYWdlMi5qcGVnUEsB&#10;Ai0AFAAGAAgAAAAhAAuFByziAAAACwEAAA8AAAAAAAAAAAAAAAAAK3kAAGRycy9kb3ducmV2Lnht&#10;bFBLAQItABQABgAIAAAAIQCMmn+7yAAAAKYBAAAZAAAAAAAAAAAAAAAAADp6AABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvwEAADl7AAAAAA==&#10;">
+              <v:group w14:anchorId="4361C5B9" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.85pt;margin-top:21.05pt;width:564.95pt;height:799.2pt;z-index:-16024576;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="71748,101498" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAY+GswzAEAAADEQAADgAAAGRycy9lMm9Eb2MueG1s3Fjb&#10;bts4EH0vsP8g6L2xbr5IiFO0TRMEKNqgzWKfaYqyiEoil6Qv+fvOkKKstVu0STfbdg3YJs0heeZw&#10;znDk8xf7tgm2TGkuumUYn0VhwDoqSt6tl+Gfd1fPF2GgDelK0oiOLcN7psMXF388O9/JgiWiFk3J&#10;VACLdLrYyWVYGyOLyUTTmrVEnwnJOhishGqJga5aT0pFdrB620ySKJpNdkKVUgnKtIZfL91geGHX&#10;rypGzfuq0swEzTIEbMZ+Kvu5ws/JxTkp1orImtMeBnkEipbwDjYdlrokhgQbxU+WajlVQovKnFHR&#10;TkRVccqsD+BNHB15c63ERlpf1sVuLQeagNojnh69LH23vVbyo7xVDj003wr6SQMvk51cF+Nx7K8P&#10;xvtKtTgJnAj2ltH7gVG2NwGFH+fxPFvMpmFAYSyO4ixfZD3ptIaTOZlI6zffmjohhdvaAhwASU4L&#10;ePckQeuEpG8HE8wyG8XCfpH2u9Zoifq0kc/hPCUxfMUbbu5tbMLJIahue8sp8osd4PNWBbxchkkY&#10;dKQFSdy0ZM2CBEPRW6A9nsDJ9FXD5RVvGuQd2z1QCOijgPiCry7YLgXdtKwzTj2KNYBZdLrmUoeB&#10;Kli7YgBO3ZQxHBoo1wBCqXhnnFS0UczQGvevAMcHEBgCJcUwYEEfcKILug+vH4qY4dhJIZU210y0&#10;ATYALIAArklBtm91D8eb9CQ6BBYaAMLsAOlGe/qgd0LggxT1sSaSAQRc9nDCqT/h6z6/pMhhb4OS&#10;63tfoSeN0/k0h/x5Kqs0StLFHPIZygoUls2zKa494ohuHEdjXiA9lY4h4Kr2LbrvfBOZxEzZ2Exp&#10;ICCA3TCATLlyxw8RjvNwUWwGu2U4YKkPUHC8FVt2J6ylQZlbu1l+cAfAHmyabmwLnnmnwcqP+W9p&#10;13M2/3TeW/hvZzne+aH2NlmNMNBGaOaYRgIs5QMpYDemXYuGl16tWq1XrxsVbAnwe2Vf/YmNzCCj&#10;6V4t2FqJ8h6yxQ7CZxnqvzcEU1Nz00G04l3mG8o3Vr6hTPNa2BvP8g8qudv/RZTsBWMgPb8TPmhP&#10;dONscWYnXm6MqLgV1QEReI0dENB/pKTsWEkZcocYQG3foaRkGkfRKPRI4S+oZJ5nUdQrKU2iebr4&#10;aUoasICSPJQvKWmwG2nkx5Xkd3TB7RXkv52Sxjs/1P5plJRl03T28n+hJLwp4f3bFDBQ1Y0LGCsb&#10;9AEvwF+hgIEC64kLmDTLojiGfUCIaRbPktzdkkNyyeJpPIW8g9d0kuXpIrcWcE/4UsjXKb94KTPz&#10;Z+1LmdmjE/A8jqMkiY+YmufwqOCfE+LFT6xnIMc5KJCFY4fkK0nYmf2rSdhuaC+3Uc1xkoOHjR9o&#10;/jQpePoqf3XpMf/exYx9ooQnbVvW9f8K4KP8uG+Ln8N/FxefAQAA//8DAFBLAwQKAAAAAAAAACEA&#10;HRZZRMFMAADBTAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAABeIA&#10;AAhTCAYAAADAPjkiAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAgAElE&#10;QVR4nOzdsWrFSBJA0ZbQ///rJrswOzu9wZOfHE0w6NLQnAPGbXBQ8aUoHf/693/nf/74a/zxvzkA&#10;AAAAAIB3XX/NMf78a44/hXgAAAAAAHjduXoAAAAAAADYmRAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDKMcb1+w8AAAAAAOBdNuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELnGHP1DAAAAAAAsC0b8QAAAAAA&#10;EBLiAQAAAAAgdH1+zeFEDQAAAAAAvM9GPAAAAAAAhIR4AAAAAAAICfEAAAAAABC6b8Qfa6cAAAAA&#10;AIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidY8zVMwAAAAAAwLZsxAMAAAAAQOj6/JrDZjwA&#10;AAAAALzPRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACB0f6z1WDsFAAAAAABs6hThAQAA&#10;AACg4zQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNA5xlw9&#10;AwAAAAAAbOv6vqYgDwAAAAAAb7tP04jwAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACN0h&#10;/lg7BQAAAAAA7OgY43r+EOMBAAAAAOBt1882/Fw8CAAAAAAA7OgcQ4QHAAAAAICKj7UCAAAAAEDo&#10;tA8PAAAAAACd+2Otc4wpyAMAAAAAwNucpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITu&#10;j7Uea6cAAAAAAIBN2YgHAAAAAIDQaRseAAAAAAA61/elxwMAAAAAwOucpgEAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABC5xhz9QwAAAAAALAtG/EAAAAAABAS4gEAAAAAIHR9fs3hRA0AAAAAALzPRjwAAAAA&#10;AISEeAAAAAAACN0h/lg7BQAAAAAAbOp6nmI8AAAAAAC8zWkaAAAAAAAInTbhAQAAAACgYyMeAAAA&#10;AABC5xhz9QwAAAAAALAtG/EAAAAAABC6nqfNeAAAAAAAeNu9ES/CAwAAAABAwWkaAAAAAAAICfEA&#10;AAAAABC6b8Qfa6cAAAAAAIBN2YgHAAAAAICQEA8AAAAAAKHTWRoAAAAAAOjYiAcAAAAAgJAQDwAA&#10;AAAAISEeAAAAAABCQjwAAAAAAITOMebqGQAAAAAAYFs24gEAAAAAIHR9fs0xps14AAAAAAB4m414&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA6P5Y67F2CgAAAAAA2NQpwgMAAAAAQMdpGgAA&#10;AAAACAnxAAAAAAAQOseYq2cAAAAAAIBtXc9TkAcAAAAAgLfdp2lEeAAAAAAAKLgRDwAAAAAAISEe&#10;AAAAAABCQjwAAAAAAITuEH+snQIAAAAAADZ1PU8xHgAAAAAA3nYK8AAAAAAA0HEjHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoHGOungEAAAAAALZ1fX7NIcgD&#10;AAAAAMD7nKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE7o+1HmunAAAAAACATdmIBwAA&#10;AACA0GkbHgAAAAAAOjbiAQAAAAAgdI65egQAAAAAANjXZyNejAcAAAAAgMT1fYnxAAAAAADwOjfi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAoedjrcfCKQAAAAAAYFPnOIYIDwAAAAAAEadp&#10;AAAAAAAgJMQDAAAAAEDoHHOMMVePAQAAAAAAe3o+1irGAwAAAADA65ymAQAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIXd/XsXAKAAAAAADY1DmOIcIDAAAAAEDEaRoAAAAAAAgJ&#10;8QAAAAAAEDrHnGPM1WMAAAAAAMCe7o+1zjGmGg8AAAAAAG9zmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABC6P9Z6jHGsHQQAAAAAAHb02YgX4QEAAAAAIHGOQ4UHAAAAAICKG/EAAAAAABAS&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid&#10;c/UEAAAAAACwsevnIcgDAAAAAMD7zjFEeAAAAAAAqLgRDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACJ0+1QoAAAAAAB0b8QAAAAAAELqep814AAAAAAB4270RL8IDAAAAAEDBaRoAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQOsdcPQIAAAAAAOzrsxEvxgMAAAAAQOL6vsR4AAAAAAB4nRvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0POx1mPhFAAAAAAAsKlzHEOEBwAAAACAiNM0AAAAAAAQ&#10;EuIBAAAAACB0jjnGmKvHAAAAAACAPT0faxXjAQAAAADgdU7TAAAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHnRrwj8QAAAAAA8Lp7I16EBwAAAACAwrMRfyycAgAAAAAANnWOY4xxqPAAAAAAAFD4dSNejAcA&#10;AAAAgLedqwcAAAAAAICdnWMO32oFAAAAAIDIc5pGjAcAAAAAgNc5TQMAAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAg9H2s9Fk4BAAAAAACb+mzEi/AAAAAAAJA4RXgAAAAAAOi4EQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQ&#10;DwAAAAAAoet5znVTAAAAAADApu6NeBEeAAAAAAAKTtMAAAAAAEBIiAcAAAAAgJAQDwAAAAAAoTvE&#10;H2unAAAAAACATV3PU4wHAAAAAIC3nWOOMebqMQAAAAAAYE/PRrwYDwAAAAAAr/OxVgAAAAAACAnx&#10;AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAACha96P+bf/BgAAAAAA/BPnGCI8&#10;AAAAAABUnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLi&#10;AQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFP3RrwIDwAAAAAABadpAAAAAAAgJMQD&#10;AAAAAEDoDvHH2ikAAAAAAGBTvz7WKsYDAAAAAMDbnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo+nnMlVMAAAAAAMCmbMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAoe+N+GPlFAAAAAAAsCkb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAk&#10;xAMAAAAAQEiIBwAAAACAkBAPAAAAAACha4wxxrx/AAAAAACAV9mIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhD4faz3uHwAAAAAA4FU24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHr+5oLpwAAAAAAgE19NuJFeAAAAAAASDhNAwAAAAAAISEeAAAAAABC3xvxrtMAAAAAAMD7Phvx&#10;x+IpAAAAAABgU9+NeDEeAAAAAADe50Y8AAAAAACEvhvxFuIBAAAAAOB9NuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhK6fx1w5BQAAAAAAbMpGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdH1fc+EUAAAAAACwqc9GvAgPAAAAAAAJp2kA&#10;AAAAACAkxAMAAAAAQOi5Ee8+DQAAAAAAvO7eiBfhAQAAAACg4DQNAAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAELpD/LF2CgAAAAAA2NT1PMV4AAAAAAB4m9M0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACA0DXGGPP+AQAAAAAA3mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELrGGOO4fwAA&#10;AAAAgHfZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACA0PU857opAAAAAABgU/dGvAgPAAAAAAAFp2kAAAAAACB0h/hj&#10;7RQAAAAAALCpXzfixXgAAAAAAHib0zQAAAAAABD6bsT7XCsAAAAAALzrGPdGvAgPAAAAAADvm8Np&#10;GgAAAAAASAnxAAAAAAAQusb43Kg5Fg8CAAAAAAA7shEPAAAAAAAhIR4AAAAAAELXGJ+vts65eBIA&#10;AAAAANjQZyNehAcAAAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;oU+IPxZPAQAAAAAAm7q+LzEeAAAAAABe5zQNAAAAAACEhHgAAAAAAAg9p2nGXDcFAAAAAABs6t6I&#10;F+EBAAAAAKDgNA0AAAAAAISEeAAAAAAACN0h/lg7BQAAAAAAbOrXx1rFeAAAAAAAeNs3xM/pg60A&#10;AAAAAPCmY9ynaUR4AAAAAAB43xxjnBI8AAAAAAB0ztUDAAAAAADAzoR4AAAAAAAInWN8jsUDAAAA&#10;AADvu34ivBgPAAAAAADvc5oGAAAAAABCQjwAAAAAAIQ+Id5dGgAAAAAASFzflxgPAAAAAACve0L8&#10;mOumAAAAAACATbkRDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACP36WOuxbgoAAAAAANiU&#10;jXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND1POe6KQAAAAAAYFOnAA8A&#10;AAAAAJ37NI0YDwAAAAAABTfiAQAAAAAg9NyItxQPAAAAAACv+2zEi/AAAAAAAJBwmgYAAAAAAEJ3&#10;iD/WTgEAAAAAAJs6RXgAAAAAAOg8H2sV5AEAAAAA4HXfEO97rQAAAAAA8K5j3DfiRXgAAAAAAHjf&#10;HGOcIjwAAAAAAHTO1QMAAAAAAMDOhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC55irRwAAAAAAgH1d&#10;35cgDwAAAAAA7zqcpgEAAAAAgM78CfG24QEAAAAAIGEjHgAAAAAAQkI8AAAAAACEPiH+WDwFAAAA&#10;AABs6vq+xHgAAAAAAHjd9RPgfa8VAAAAAADed44hwgMAAAAAQMXHWgEAAAAAICTEAwAAAABA6PlY&#10;qwM1AAAAAADwunNMAR4AAAAAACr3aRoxHgAAAAAACneIP9ZOAQAAAAAAm7q+Ed5SPAAAAAAAvO7z&#10;sdY5hq14AAAAAAB437l6AAAAAAAA2JkQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnx&#10;AAAAAAAQOufqCQAAAAAAYGM24gEAAAAAICTEAwAAAABA6Pp5OFEDAAAAAADvO8cQ4QEAAAAAoOI0&#10;DQAAAAAAhM4xxjhWTwEAAAAAAJv63ogX4wEAAAAA4H1O0wAAAAAAQOi0CQ8AAAAAAB0b8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEDoep5z3RQAAAAAALClw0Y8AAAAAAB0phAPAAAAAAAlIR4AAAAAAEK/&#10;bsQf66YAAAAAAIBN2YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgdM7VEwAAAAAAwMZsxAMAAAAAQOj6ecxhNx4AAAAAAN52SvAAAAAAANC5T9NI&#10;8QAAAAAAULhD/LF2CgAAAAAA2NQpwgMAAAAAQOd6noI8AAAAAAC87Vw9AAAAAAAA7EyIBwAAAACA&#10;0Pc0zVw5BQAAAAAAbMpGPAAAAAAAhIR4AAAAAAAICfEAAAAAABD63og/Vk4BAAAAAACbshEPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAhdY96v+bf/BwAAAAAA/AOfjXgRHgAA&#10;AAAAEk7TAAAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACErp/HHHPlHAAAAAAA&#10;sKVzCPAAAAAAAJC5T9OI8QAAAAAAUHAjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELq+&#10;r+mDrQAAAAAA8DYb8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgNDzsdZj4RQAAAAAALAp&#10;G/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ92Otc+UUAAAAAACwqXMMER4AAAAAACpO&#10;0wAAAAAAQEiIBwAAAACAkBAPAAAAAAChc4wxjtVTAAAAAADAho4xxvX7DwAAAAAA4F1O0wAAAAAA&#10;QOi7ET/mwikAAAAAAGBTNuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0HMj/lg4BQAAAAAAbMpGPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAA&#10;AAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDoGmOMOcaYc/EkAAAA&#10;AACwoVN/BwAAAACAjtM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQOj6vo6FUwAAAAAAwKa+IX76aisA&#10;AAAAALzuHGMMDR4AAAAAABpuxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAIXd/XXDgFAAAAAABs6rMRL8IDAAAAAEDCaRoAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhM65egIAAAAAANjYNcYY8/4BAAAAAADe5TQNAAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQD4P3t3jCo7FgNQUG28/y1rgtfuySYYfDCYqo/pG7xA8UHoAwAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAITO2ZnZmd2nRwEAAAAAgPexEQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ&#10;8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISE&#10;eAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTOz3w8AAAAA&#10;ALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQufOzM7M7tOjAAAAAADA+xxzlXgAAAAAAOB2TtMAAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpndmZm9vsLAAAAAADc55gR4QEAAAAAoHJI8AAAAAAA0HEjHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQOn+vfXAKAAAAAAB4KRvxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;IHTOzOz3AwAAAAAA7mUjHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQOTszO7P79CgAAAAAAPA+NuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEA&#10;AAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQOndmrg8AAAAAALiXjXgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBI&#10;iAcAAAAAgJAQDwAAAAAAofPvZ78fAAAAAABwJxvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAA&#10;AACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2ZmZ3YfngQAAAAA&#10;AF7mM9+NeA0eAAAAAADut+M0DQAAAAAApIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0LFPTwAAAAAAAC9mIx4AAAAAAELnzMx+PwAAAAAA4F42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQufvtezbWWkAACAASURBVA9O&#10;AQAAAAAAL/W3ES/CAwAAAABAwmkaAAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEAAAAAAC91zIjwAAAAAABQ&#10;cZoGAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIHbNPjwAAAAAAAO91Xo9dRR4AAAAAAO70&#10;mes0jQYPAAAAAAC323EjHgAAAAAAUkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISOfXoCAAAAAAB4sWNmRowHAAAA&#10;AICG0zQAAAAAABA6r4eteAAAAAAAuJ+NeAAAAAAACAnxAAAAAAAQEuIBAAAAACD0uxH/eXIKAAAA&#10;AAB4KRvxAAAAAAAQEuIBAAAAACD0O02zT04BAAAAAAAvZSMeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHTOfl/7n38HAAAAAAD8D38b8SI8AAAAAAAknKYBAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAidOzPXBwAAAAAA3MtGPAAAAAAAhIR4&#10;AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8&#10;AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgND5e+2DUwAAAAAA&#10;wEvZiAcAAAAAgNBvI95CPAAAAAAA3Osz3414ER4AAAAAAO63M3P+IvznwUkAAAAAAOCl3IgHAAAA&#10;AIDQ+VuEd58GAAAAAADu9fluxLtKAwAAAAAAgZ05r7cYDwAAAAAA93MjHgAAAAAAQr+NeCfiAQAA&#10;AADgXp/5bsSL8AAAAAAAcL+dmUOEBwAAAACAjhvxAAAAAAAQEuIBAAAAACAkxAMAAAAAQOj4OxXv&#10;UjwAAAAAABTO67FiPAAAAAAA3O6YsQ8PAAAAAAAVN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgND5e+2DUwAAAAAAwBt9ro14ER4AAAAAAO63TtMAAAAAAEBKiAcAAAAAgJAQ&#10;DwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhM7Zv8fus4MAAAAAAMAb/W3Ei/AAAAAAAJBw&#10;mgYAAAAAAEJ/If7z8BQAAAAAAPBS5y/Ci/EAAAAAAHA7p2kAAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z2b2+wEAAAAAAPf5jI14&#10;AAAAAADI7MwcNuEBAAAAAKBjIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAA&#10;ICTEAwAAAABASIgHAAAAAICQEA8AAAAAAKFz9vva//w7AAAAAADgf/jbiBfhAQAAAAAg4TQNAAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAA&#10;AABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAChc2Zmv/8AAAAAAID7fMZGPAAAAAAAZHZmjrEJDwAAAAAAGRvxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh8/faB6cAAAAAAIA3+tiIBwAAAACAzl4h3jY8AAAAAAAkbMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAocN5eAAAAAAA6Jwzf/9XqyAPAAAAAAD3c5oGAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDomH16&#10;BAAAAAAAeC8b8QAAAAAAEDqvx9qMBwAAAACAW30+3414DR4AAAAAAO63e52mUeIBAAAAACDhRjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAAKHzeuyTUwAAAAAAwEvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCvxvxjsQDAAAAAMD9bMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAoX9vxH8enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAChY2dmn54CAAAAAABe6rweq8YDAAAA&#10;AMDtnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgdP797Mzus5MAAAAAAMAL/W3Ea/AAAAAAAJBwmgYAAAAAAEJCPAAAAAAAhP5uxH++HwAAAAAA&#10;cCsb8QAAAAAAEBLiAQAAAAAgdO7MXB8AAAAAAHAvG/EAAAAAABAS4gEAAAAAICTEAwAAAABASIgH&#10;AAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACJ2/1z44BQAAAAAA&#10;vNQxOyI8AAAAAABEnKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEDpnZnZmdh+eBAAAAAAAXuhvI16EBwAAAACAhNM0AAAAAAAQEuIBAAAAACAkxAMAAAAAQEiI&#10;BwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAid12OfnAIAAAAA&#10;AF7qmBHhAQAAAACg4jQNAAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQOq/HPjkFAAAAAAC8&#10;1CHAAwAAAABA55ixDQ8AAAAAABU34gEAAAAAIHTMzHyengIAAAAAAF7qvCK8GA8AAAAAAPdzmgYA&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAIHT+/ezs7LOTAAAAAADACx3yOwAA&#10;AAAAdI6ZsQsPAAAAAAARN+IBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEjtmnRwAAAAAAgPc6r8cK8gAAAAAAcLu/0zQiPAAAAAAAJNyIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABA&#10;SIgHAAAAAICQEA8AAAAAAKFjn54AAAAAAABe7JiZEeMBAAAAAKBxXg8xHgAAAAAA7udGPAAAAAAA&#10;hIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAA&#10;QkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAITO32sfnAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTMz&#10;+/0AAAAAAIB72YgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAITO67FPTgEA&#10;AAAAAC9lIx4AAAAAAELHjm14AAAAAACo2IgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonJmZndndh0cBAAAAAID3OWYEeAAAAAAA&#10;qHxP04jxAAAAAABQcCMeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AgH/Yu4MUyZUkgIIuEfe/cswiVZW1aviDHgJhBqKjoRa+&#10;fjieAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDonP30CAAAAAAA&#10;8F5rZmb29QEAAAAAALdymgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAIre/TkXgAAAAAALibjXgAAAAA&#10;AAgJ8QAAAAAAEFp7PkdpHKYBAAAAAID7/bkRfzw3BQAAAAAAvJTTNAAAAAAAEBLiAQAAAAAgJMQD&#10;AAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABBa3+d+bgoAAAAAAHgpG/EAAAAAABAS4gEAAAAAICTEAwAAAABA6M+N+OO5KQAAAAAA4KVs&#10;xAMAAAAAQGjNzOzrAwAAAAAA7nOMjXgAAAAAAMjsEeIBAAAAACAlxAMAAAAAQEiIBwAAAACAkBAP&#10;AAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qnD0iPAAAAAAARJymAQAAAACAkBAPAAAAAAAhIR4A&#10;AAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQmpnZ&#10;1wcAAAAAANzLRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGh9n/u5KQAA&#10;AAAA4KVsxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEA&#10;AAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgA&#10;AAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDo3E9PAAAAAAAAL7Z+HluRBwAAAACA250zIjwA&#10;AAAAAFTciAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIB&#10;AAAAACB0zuynZwAAAAAAgNe6NuLFeAAAAAAAKKzvU4wHAAAAAIC7uREPAAAAAAAhIR4AAAAAAEJC&#10;PAAAAAAAhP7ciD+emwIAAAAAAF7q/AR4ER4AAAAAAApO0wAAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAInTN7Ph8AAAAAAHC39fPYYjwAAAAAANzulN8BAAAAAKBz&#10;zjhMAwAAAAAAFT/WCgAAAAAAISEeAAAAAABC6/s8npsCAAAAAABe6tqIF+EBAAAAAKBwivAAAAAA&#10;ANBxIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AIDQ+nns/eQYAAAAAADwTjbiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQ&#10;ObPn8wEAAAAAAHdb36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEPrz&#10;Y63Hc1MAAAAAAMBLXRvxIjwAAAAAABROER4AAAAAADpuxAMAAAAAQOic2U/PAAAAAAAAr3VtxIvx&#10;AAAAAABQWN+nGA8AAAAAAHdzIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIrZnPdXgX4gEAAAAA4H42&#10;4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQmv2zO8HAAAAAADc57ARDwAA&#10;AAAAnS3EAwAAAABASogHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBo7eux//lnAAAAAADA/+OcEeEBAAAAAKDiNA0AAAAAAISEeAAA&#10;AAAACK3PP3scqAEAAAAAgPvZiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC14344/oAAAAAAIA72YgH&#10;AAAAAICQEA8AAAAAAKHrNM2+PgAAAAAA4E424gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;AKHrx1qP6wMAAAAAAO5kIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTE&#10;AwAAAABASIgHAAAAAICQEA8AAAAAAKH189hPTgEAAAAAAC90zLURL8IDAAAAAMD99jhNAwAAAAAA&#10;KSEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQWjPz+dnW/ewgAAAAAADwRjbiAQAAAAAg&#10;JMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;nfvpCQAAAAAA4MXWz2OPJA8AAAAAAHc65jpNI8IDAAAAAMD99rgRDwAAAAAAKSEeAAAAAABCQjwA&#10;AAAAAISuEH88OwUAAAAAALzU+j7FeAAAAAAAuNsV4vf1AQAAAAAAd3IjHgAAAAAAQkI8AAAAAACE&#10;ThdpAAAAAACg87kR70Q8AAAAAAAknKYBAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEPj/W&#10;ehyfDwAAAAAAuJWNeAAAAAAACJ1jER4AAAAAADI24gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQufsp0cAAAAAAID3shEPAAAAAAChtWdm9sy2GQ8AAAAAALc7Z8Z1GgAAAAAA&#10;iDhNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACK2fhx9sBQAAAACAex1jIx4AAAAAADJ7&#10;hHgAAAAAAEgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEDkmJn19z8AAAAAAMC9bMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAACh9flnz+z97CQAAAAAAPBCn414DR4AAAAAABJO0wAAAAAAQEiI&#10;BwAAAACA0CfEHw9PAQAAAAAAL7V+X2I8AAAAAADczmkaAAAAAAAICfEAAAAAABD6PU2zn5wCAAAA&#10;AABeykY8AAAAAACEvj/WaiceAAAAAABud23Ei/AAAAAAAFBwmgYAAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAIXSH+eHYKAAAAAAB4qfV9ivEAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAitmZk9M3s/PAkAAAAAALzQZyNehAcA&#10;AAAAgITTNAAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwA&#10;AAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA0NrXY//zzwAAAAAA&#10;gP/qmGsjXoQHAAAAAID77XGaBgAAAAAAUkI8AAAAAACEhHgAAAAAAAidM59j8QAAAAAAwL2OmVnH&#10;n/8AAAAAAAD3Wr+v/eAUAAAAAADwUm7EAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQt8f&#10;az0enAIAAAAAAF7KRjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQGjt67H/&#10;+WcAAAAAAMD/45wR4QEAAAAAoOI0DQAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAA&#10;AABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAA&#10;AAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC6/e1H5wCAAAAAADe6LARDwAAAAAA&#10;nS3EAwAAAABA6nuaxm0aAAAAAAC43bURL8IDAAAAAEDBaRoAAAAAAAgJ8QAAAAAAELpC/PHsFAAA&#10;AAAA8FJ/fqxVjAcAAAAAgLs5TQMAAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAA&#10;EBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAA&#10;CAnxAAAAAAAQWt/nfm4KAAAAAAB4qWsjXoQHAAAAAIDC70a8FA8AAAAAAPc65ncj/nh0EAAAAAAA&#10;eKM9M2vPzza8GA8AAAAAAHc7nx4AAAAAAADeTIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgtH4ee/aTcwAAAAAAwCtdG/EiPAAAAAAAFJymAQAA&#10;AACAkBAPAAAAAAChK8Qfz04BAAAAAAAvtb5PMR4AAAAAAO7mNA0AAAAAAISEeAAAAAAACAnxAAAA&#10;AAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAA&#10;AAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAA&#10;AACEhHgAAAAAAAgJ8QAAAAAAEFrf535uCgAAAAAAeKXDRjwAAAAAAHT2T4i3DQ8AAAAAAAUb8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEDonO0+PAAAAAAAVNbMfH6rVZAHAAAAAIDbXadpRHgAAAAAACi4&#10;EQ8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAELpC/PHsFAAAAAAA8FLr+xTj&#10;AQAAAADgbk7TAAAAAABASIgHAAAAAIDQ6SQNAAAAAAB0bMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAA&#10;ISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACA&#10;kBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhNbMzL4+AAAAAADgPsfYiAcAAAAAgMweIR4AAAAAAFJC&#10;PAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgSb8QqgAADElJREFUJMQDAAAA&#10;AEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABAaM2+XvuffwcAAAAAAPxXx89GvAgPAAAAAAD3207TAAAAAABASogH&#10;AAAAAIDQmmPm9wMAAAAAAG5lIx4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABA6Z/bTMwAA&#10;AAAAwGudOjwAAAAAAHTWnpnZM3sr8gAAAAAAcKdjrhvx21o8AAAAAADcbo8fawUAAAAAgNQV4o9n&#10;pwAAAAAAgJda36cYDwAAAAAAd3OaBgAAAAAAQkI8AAAAAACE1szx+dnW/fQoAAAAAADwPqcADwAA&#10;AAAAHadpAAAAAAAgJMQDAAAAAEDonOPpEQAAAAAA4L3WzMwc1wcAAAAAANzKaRoAAAAAAAgJ8QAA&#10;AAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAA&#10;AAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAA&#10;AAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAIDQObOfngEAAAAAAF5r&#10;fZ+CPAAAAAAA3O06TSPCAwAAAABAwY14AAAAAAAICfEAAAAAABD63Ijfh+s0AAAAAAAQ+PNjrcdz&#10;UwAAAAAAwEs5TQMAAAAAAKHTJjwAAAAAAHRsxAMAAAAAQOhzI/4Yi/EAAAAAABCwEQ8AAAAAACEh&#10;HgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEFozM/v6AAAAAACAe9mIBwAAAACAkBAPAAAA&#10;AAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgdM7sp2cA&#10;AAAAAIDXWt+nIA8AAAAAAHe7TtOI8AAAAAAAUHAjHgAAAAAAQkI8AAAAAACErhB/PDsFAAAAAAC8&#10;1J8faxXjAQAAAADgbk7TAAAAAABAaM0cM3s+HwAAAAAAcCsb8QAAAAAAEBLiAQAAAAAgJMQDAAAA&#10;AEDoE+KPh6cAAAAAAICXWr8vMR4AAAAAAG7nNA0AAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAELr97UfnAIAAAAAAF7qsxEvwgMAAAAA&#10;QOIU4QEAAAAAoONGPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAA&#10;AICQEA8AAAAAAKFzz356BgAAAAAAeK01MzN7Zm9BHgAAAAAA7nbOzNiKBwAAAACAhhvxAAAAAAAQ&#10;EuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACE&#10;hHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABC&#10;QjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAh&#10;IR4AAAAAAEJrZl/P/c8/BAAAAAAA/rtrI16EBwAAAACAgtM0AAAAAAAQEuIBAAAAACB0hfjj2SkA&#10;AAAAAOCl1jfCi/EAAAAAAHA3p2kAAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAA&#10;QGjN7Ou5//mHAAAAAADAf3dtxIvwAAAAAABQcJoGgP+1c+8qVkRBAEVPyxFE0cTEXEX//z8Eg9FI&#10;A0XGYAQZH/hAvQa23Gxg4G4amrWSrqCDijeHAgAAACAkxAMAAAAAQGj++yyO0wAAAAAAQGCOsazj&#10;cuWPAAAAAADA9TlNAwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAA&#10;AEJCPAAAAAAAhIR4AAAAAAAICfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAA&#10;ACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAA&#10;gJAQDwAAAAAAISEeAAAAAABCN8Y4bL0DAAAAAADs1jyOgjwAAAAAAJzaeppGhAcAAAAAgIIb8QAA&#10;AAAAEFpD/LLtFgAAAAAAsFPzGOHFeAAAAAAAODWnaQAAAAAAICTEAwAAAABASIgHAAAAAICQEA8A&#10;AAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAAAAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcA&#10;AAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAAACAkxAMA&#10;AAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAIzf/DYcstAAAAAABg&#10;h5axvogX4QEAAAAA4PQOw2kaAAAAAABIzeN7eO/iAQAAAADg1NYX8SI8AAAAAAAUnKYBAAAAAICQ&#10;EA8AAAAAAKE1xC/bbgEAAAAAADs1jxFejAcAAAAAgFNzmgYAAAAAAEJCPAAAAAAAhIR4AAAAAAAI&#10;CfEAAAAAABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQnOMwzoervwR&#10;AAAAAAC4vvVFvAgPAAAAAAAFp2kAAAAAACAkxAMAAAAAQGgN8cu2WwAAAAAAwE7NY4QX4wEAAAAA&#10;4NScpgEAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAAAISEeAAAAAAACAnxAAAAAAAQEuIBAAAA&#10;ACAkxAMAAAAAQEiIBwAAAACAkBAPAAAAAAAhIR4AAAAAAEJCPAAAAAAAhIR4AAAAAAAICfEAAAAA&#10;ABAS4gEAAAAAICTEAwAAAABASIgHAAAAAICQEA8AAAAAACEhHgAAAAAAQkI8AAAAAACEhHgAAAAA&#10;AAgJ8QAAAAAAEBLiAQAAAAAgJMQDAAAAAEBIiAcAAAAAgJAQDwAAAAAAISEeAAAAAABCQjwAAAAA&#10;AISEeAAAAAAACAnxAAAAAAAQmmMc1vFw5Y8AAAAAAMD1zZ8/vo9vXz+Pr5++b70LAAAAAADszvxy&#10;+XF8eH8+zi8ut94FAAAAAAD2ZRljXrx/O16dPR+v37zbeh0AAAAAANiZZcyL87fj9dmzcfbi5dbb&#10;AAAAAADAvizLmHdu3Rz3790eD+7f3XodAAAAAADYlWWMMR8/ejj+/P41nj55vPU+AAAAAACwO38B&#10;V3I6K0tXwg4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAOAEj61lJQAAZSUAABUAAABkcnMvbWVk&#10;aWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBvAG8AAP/bAEMAAwICAwICAwMDAwQDAwQFCAUF&#10;BAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQF&#10;CQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FP/AABEIAH8AewMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1&#10;EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoW&#10;FxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy&#10;8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUE&#10;BAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkq&#10;NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAM&#10;AwEAAhEDEQA/AP1TooooAjxto/gqCWaO2jeR2CIq7mZ/lVa/Pn9or9vPW/Gvic/DX4AWc+v61eu0&#10;D65Yx+a7uPvfZd3yqi/x3D/KvzMv8Mta0aMqsvdMalSNKJ9V/Gn9qD4d/AWx3eKdeSPUHXdFo1qP&#10;NvZR/wBcv4V/232r/tV8d6x/wUI+Lvxs1C4034J/DWY28T+S2ovA168X913b5IIv912auM8Ifs5+&#10;DfBWt3WofFLVW+KXj+VmuLrR4ryV9Pspc/P9quvvXUqt95fu/e3J/FXqN/421jUdPh0uKaPSNFiT&#10;ZFpGlRJa2sUX91Ei/h/3t1fZYDI/bR54Q/7elsfmuf8AGOFyiXsZ+/P+WJ5nr/w2/aK8VZuviT8c&#10;NK8Do7fvbGXXGD/+A9miRf8Aj1cxN+yh4N1BfN1f9oi5vLp/9b9l8L3kqf8AfbS13niVEh0t5WXZ&#10;5Uq1S/4QzxAkc07aVEiRbX2PdIjsuze//fH8X+1W+PlhMjlCGKxPJzHHkmeV87oTxFKicpD+yx4a&#10;0n9/4c/aQazu/wCH7X4evLJP+/sUtdjoHhD9qz4fxLc+BfinYfEe1SPetpBrSXTeV/1yvF+X/gD1&#10;g/M++KWKWF0+R7e4XypYv99K7FtTsLaRYpbuOF1+VS77PmX/AGv71ejHC08RTVaWJjPm+HnOPNOJ&#10;q+U8nLh+b+blNnwj/wAFL/Ffw91iHw98a/h3eaRdsNwuLe2e0uNn97yJfll/31dVr7O+GPxr8FfG&#10;nRjqPgvxDb6ykSqZreN9txBu/wCesTYZP+BL/u18hS+LLjWdDbQ/E1tZeMNAlfbLpuvwfalb+Hcr&#10;P8yt/dZW+WvG7r4AxJr3/CU/s8+ItS8OeL7N3l/4Q6+vNtw6p9/7BcP8s67f+WUvzMu/e/8ABXh4&#10;7JPZe9P3f70fgPocg4sw+cx5KXxx+zI/W7oKToK+J/2Tf29YfiNqkPgX4lQf8I14+ilNmks0TW8N&#10;5Kvy+U6t/qp/9lvlZvu7d6rX2zXyNajVoT5Jn6DTqRqx90fRRRWRsNyM03+GjHpXyP8A8FBv2k3+&#10;CXwr/sbRrx7bxX4iV7eB4eJbW1+7LMn+186on+0+5fuVrRoyxFT2UDOpKMI8x4r+17+0X4n+PnxA&#10;T4EfB4NdwzTta6tqMUv7q6Zf9ajOv3bWL/lq38bfJ93/AFuDodn4f+Bfhqfwj8Orr7Xe3S7PEPjN&#10;F23eqSr9+KB/+WVsjf3Pvf8AfTvJ8L/hafgN8JJtGkia2+I3im0jk1yb/lrY2zfNFYI38G5fml/2&#10;n/3NuToPh6fxDqX2OJms7SD/AI+rjyt+z/pkn91nTf8A7tfY1HhsqwP13F/wYf8Ak58FVzb67iZY&#10;HCS5qpSs7mLSpUnWJUSL5NifInzV6H/wh+n2dvLPrl800qLvluEuWit4l/vpEj/3fl/i3b/9uuP8&#10;VaDZ+HtS0+xtpZJpWtZZbp7iXe7fPsR3X+H+P7lXo2shoEN3qEyxabZq0rC6l/0eB1++2xvu/wD2&#10;deJi6WM4xweHxGW4j2VL7Z8vj6mDyGvOrisJ7Wr8ECGaH7T4cvW8uSG3llaW1t5mZ3ii3/uvvfP/&#10;ALVWP+Fka15SKttp7yoqo1xK0r73/v7P8/NXn0/xwm8WwXVv4H8Hav4wiXejXmw29q3/AAN//sa5&#10;i8+Ll9ok6aVrXgrWdN8US7Us9JRfNS83f88pf7v/AH1Xq5lhOG8xjSwuKqxnOkPhfA53hKVWryey&#10;9rL4T0pHnvNS8+8nkvLuWVPNuH++39xE/uqn9yu303xBpVhptppGqskLRRPEz3EDeVLudt+1tu35&#10;1+f/AIHXi1m/xbtmi1CXwLokyIyP/Zyan/pH+59/71dr4K+Ktl4v1K40S5sdQ8O+I7dd0uj6rFtl&#10;ZV+8yv8AdlXiuLE5bkXFNCGX4XEckqXw8o8zxGccP1frtLDxq0vtGz9ttrO1vv7Nna80yKJHtn8p&#10;kSJ2/wCWSO33lT5Nr1zMNzF5qeVPsuIm3xPC2x0df40f+8n+x92t3xbNJJZJArYldWdf/ZP/AB+u&#10;rtrPRfG3hWKC2iZ4rJdkUKKyS2cqpt37Ff73/oVb53nMuDsPh8FKHtYfDORw8K4T+044jGw/dTl7&#10;xx3jzwPp37UFnFaajLbaP8WbeLytH8Qttii11V+5ZXv/AE12/Ksv/wCy3sX7DH7W2p+JrmX4S/Et&#10;p7Dx1pDvbWdxqA2zXaRfft5f+msW37/8S/7XzP4do9m2sSxQSq0P/PX+F12v/wCOtvSpv2j/AAVc&#10;+NPDSfFvw5NJZ/EPwd5D6u9u3768sYv9Ve/3nlg+VXf+Jd/91K9TFZfGvhoVofwp/wDkh9dgc9pR&#10;xn9nzn+9P1WwBRkV4d+yd8fof2gvhDp3iNjFHrMX+i6rbxN/q7lfvNt/uuu11/3tv8Ne4Yr4KpCV&#10;GXJI/RKcozjzRIZACp96/K/Sdeh/af8A20fEvj7V0+1+CfASfaYIid0UiwSullFn5l/ey75dv+/X&#10;3p+1Z46b4afs8+PPEEUnk3cOmPFaybtuyaX91E3/AAF3Vq/Pz4EadJ4A/ZT0y/g/c6j478Q3F7JM&#10;jf62zs/3Soy/3fN3N/wOvoMqw7n7y+17h4WbV6tOhP2Pxcp6HrOtTapc3mrapP8A6TdSNLI7/wB5&#10;m+4v/oKrWN/at5olxcX2mMqRXEuy8tLiL7sq/cd/4lbZWl4SSLxFqtxdywM8NlFFFEjujokrfO77&#10;Pvbtu3a/+/UV4i3+veIFZcxSypEyOuz51iTe/wDn+5XdWzihxBnE+G54f9xA/BKOW4jhzBwz+rV/&#10;ezkce7y3V7cXUredcTy72f8A9ARP9n/Yrz7xRdWXj74g+Evh42oRXOlPcy3+sW9vP87eUjskTbf9&#10;x/l/26vfGzVbzwf8PtblguVs7tmitYrjdsfZK+13i/2tu+u78B/C7wh4M0jR5NF0q2muIrVHi1aa&#10;L/SJfNT55d3+3v8AufwV5fFuc0uG8B/ZtCHJzn67lGGpYqMMwq+8P+I/xBs/hf4atZfskbwtL5Vr&#10;Ywt5UUUSpulb5VbaqLs/h+86b62vDHiex8W6TFrGmeZ9n3SxbLiLZLBL8nmxf7P8H3G+an6x4e0z&#10;xCtuuq6fBqSQS+bElxv+Vv8A2Zf9h/laiZ9K8IaJLOy22laVZLvZIotiLuf+BV+8zs33E+Zmev5n&#10;9pSrYfkhze2Pr+ahVocsYfvTjfi/8S73wDZ2kWm2PnXd1vl+1yxbookX76bf4m+5/urvasv4iate&#10;a14U+HfjvTNDu73UtPvop3tLeLdKsEqussSf9Mt6fK/+2rfx16dpuqx6lp0V3YzrNZXUXmxSp9yV&#10;P9z/AOLq3vbfu3/PXfgsyWWVIVaUOWrAxrewq0PqsqXv/bPGrb4xaV4k8ULp99peqeGdQuvls7fW&#10;7Xykl2/wI/8AerpPJ8mfz1aW2uF/5eLeV4pf/Hat/G/SrPXvhL4l/tL5/sdm2oWtw7fPBLF/qnR/&#10;/HP+B03wRb3Gu6fpN7epmQ2cUsqf35WiR/8A7Kv6b4Xzv/W/Cz+t0vfgfn2bUsHkOD+sUfdjE6Lw&#10;5pN3FaSrZ2fnSrsed3lWLZu+fyvm+8235/8AgddF4G8WR6NqllqsS/a7CXelzEy70ntW+WWJk/3d&#10;3/Aqo6PrUWiX00N9L5On3Uu+K4f7kUrffSX/AGX+Tazf7tYOpawtve62sDb3lvpW3pL5qJ8ib3R/&#10;9v8A8crTLc2zCpnWIyXG0uXDx+E+Ar5XQxWFw+dZbV5sRze8WP2V74/stftn678L5blx4U8S7F0u&#10;Z33I8bK8tk3+9tZov96v08IzX5CftKC7g8BfBn4nWPmR6r4c1GXw5LcO3/PB/Psv++F81a/V3wt4&#10;ni8U+GNI1q0GbXUrOG8i/wByRA4/Rq8jN4cjjWf+H/wHQ/fsuq81I+VP+CpOtnR/2aUgVuNR1mC3&#10;Zf7yrFLL/wC0q8N8QaP/AMI98Ovgxo275LPwXZXbJ/01n3M9er/8Fa7eVv2edCliXfs8QRI3/ArW&#10;6rhviJpbaronw71C1l3vL4L0nbC/3GXyn+7/ALVezkkOd0ow/vfkeDxBi6WEpTnV+E89hmubb7Re&#10;QRXLpbxJLdPbsyIkW/8A5a7f8/fauu014Lm1iezZUt/4UT+CrvwxsIk0m7ne2l+0NeSpK8sS/Oi/&#10;wf7uz+//AOgVwmg37aOm2JVeJWaJkSXejKrvs2P/AB/79Rwvn8MXnWLw86XLy/aPznirIPruXUsR&#10;Rq/9umV8ctNt7aXwd4kvrSTUtI8PaqtxqdusXm7YG2KkrL/EqN/6FXoc3iHSodHl1mXVbb+yvK8/&#10;+0ElV4ni/gZG/wBv+5/fov4o9Z0W7tLeVT9ts5bdZf8AalidPmrzn4RWWk+K/hHb+E9Rttt1o26z&#10;1PT0bbLbyrKzpL8vzLu+8rf79fJeJ2VwnVpY9/Aep4e5gsTgPqGJ/wCXR1Hw9+IumfEvRrjUNNil&#10;hSCXypbeWVJXX5NyP8v99f8Avlt61N458Aaf8RdIi0/UJbmFIpftCvaMm/ds2/xf7P8AH/DUvhXw&#10;Jofgdrv+w7FrP7VtVkeVpdirvZETd91dzM9YXxks/EF/4NWDw1FdzXbXivL9hdt/lbH2fdZW2+b5&#10;X+795vlr8GgqTxtsJ7h+vR5Z4z/ZPcgbfgrwhbeAfDjafBeSzWiSS3DTXCqqRbvvbV+6qfJub/a3&#10;NVfwl8R9B8c6pqtjpEssz2a73ldVRJYt+zzYvn3bd399V/vVL4LXxBeeFUg8YQRvqUu+KVP3X72L&#10;aq/vfKZl3P8Avfufw7f4qqaX8NdB8E317r2lWc8N3b2c7rby3LPEjbPnfe3zbnVVXez7VrTkhVnO&#10;GJ9+qFT2XNV+se9M539oLw/qGqeEP7Xgvlm0/RGW/vNBuF/0fUYom3P5rr825P7n3a9C0doZdJsp&#10;4A3lXMUVwrv9/wDeru/9nrzmLWNf+OfhiKCz0d/CfhDVIla+v7u5inuLqLd88UCp9zds/wBa1ej3&#10;17Do9koEaoqRrFBD/squ1f8AgKLX9P8Ahvl2OyzAy+uw5IH4Bx/jaWNeHyvCz56v2iPWNWj0qJ9r&#10;L5rr/H9xE/vtXJBGREVopIfNXfEksTRb1/vpVq2vGTXtKuZ5V/4/onleVVdF3Ps/i+X+P/gNdj8S&#10;fNv73SrOJmmu0llllh835FXZt3v/ABf7r/79dOccSV6Of4fLIUv4v2j08kyTDZTlU8RVmcT8SNNb&#10;WP2Rviarfc0bXNG1df8AZ82VoGb/AL5r7r/Yv1i41z9lr4b3G7iPS1tR9IXaL/2nXxn8QLSDRP2S&#10;/jYGl86a6TRosfwbvtvy7f8Ax6vrb9g1JLT9kv4eo3U29y5/4FdzN/Wsc7hyxnzfz/8Atp+kcOYq&#10;GOw8atD4bP8A9KZg/wDBSTws/iH9lnXriKLzpNKu7W92/wCzv8p//HJWr5+8EaifE/7O3wg1onc8&#10;WlS6HN/eiazkaLa3/AUr72+J/g6D4kfD3xH4WnASLV9Oms/NcZ2Mysqt/wABba1fmF+y3f6lL8Jv&#10;if8ADedGh8QeDtR/4SSC0273aL/UXsX/AAB03f8AA6MixEaDhOX2J/8ApRxcVZXLM8BVoQ+I7zWd&#10;NW/P2ZI7ma4umRFht5dnmvs/j+bbt2p/HXKbGTf8rIkUvlNvi8p4n/uOn8LVtaV4him17RGvIvk8&#10;14t9uu/c8qbYn/2f9+un8TWCx+I4X/dvNLbNFeW+370S/wCqlf8A9BX/AGd9RXzueE4m/s2OH92r&#10;9s/OMty+vlmQTxtWfNKl9g4nR9VbTZXX78Tf61P/AGdKTxZ8N9N8WXkOt2lzc6R4kii/0XV9Kl8q&#10;WVf7sv8ADKv+9Vu/8PNDultN0yfxJ/Gn+5/eqLR9V+xt5Erf6I//AJCav0urQpYmH1fFQ5onz9Sr&#10;9Yn/AGrk8+Sr9s8l+JC+NNE8C67qLfEbWbn7PEj/AGdLWK3dv3qffli+aotB/aN8T2FmkWq6Vp/i&#10;R9ibbtJWsrh/97buiZv9r5a1/wBqG5S28Nafp8TRebr14qMm/wD5ZRfvZX/3X+SvGv8Ad+7X4Rxb&#10;leWYarHD0qJ/WHh9hqXEmU/XcbA9C1749+KPFU1jpVnBbeD7LUbqKwubi0la4vvKlfa+yV/li+X+&#10;4m6uz/4V3q+twr4evvG+v6l4df5G0q4aJHaJX+5LKnzMtfP+rXLWdkl5F96yliul/wC2UqPX2XpU&#10;MVhZPfTt5Pmr5v8AuRN8yJ/wOvd4OynLsTQ9+l8B8l4nVf8AViMIZf8Ab/8ASi2v2TQtPWOONYbW&#10;3iWKOJfl+VfuItcpc3Mt5cPPI/zv/wB8In9ypb+8n1W6T5W/uRW6fwVsaV4eWF0lu9rv/DD/AAJ/&#10;v/3q/XZfvfh+E/nXCRoZDSni8bPnxEzMsNBl1VX89dlo3yNvT/W/7ldNDZtbK7Ncz3juqxedM299&#10;i/cSrXhXSrbW9Lm1XUIra5W6ld4kuFXZFEr7E+f+Hfs3VyX/AAlrfYJfsNs0MW5/K85vNl8rf8if&#10;7VfnuScSZdnObVaUMP7+H+2exneRZ1i8HSq+19yr9gh/ac1ddC/ZWubdWZLjxF4qtbWJf78UETys&#10;3+7u2rX6A/sxeFZfB/7PXw90mVAk8Gi2xmX0lZA7/wDjzNX52fG7w5efE79oH4PfA+MteHQoIv7Y&#10;Yfw3Ny6z3v3f+eUCr+dfrDaqlvbpFGu1FGAB2rzc5xbqXf8APJy/RH6/w7lrwOCpYaX2Yokfa6+1&#10;fmR+13ot9+yl+1j4f+MelWj3PhrXZXbUbRU+WXcmy9t3/h+eLbKm/wDi3/3a/TjcorzH4+fBnSfj&#10;r8L9X8I6mRD9qG+0uym57W5X/VSr/wAC+9/eVmX+KvDwddUKvvfDI+prR54nwd498IweHdZf+ypV&#10;1XwrqccWpaLqEStLFPZy/PF8395fu/8AAazvCulQarr0tm09zbf6K8qS28u2XzVdE+fd95dn8FZ3&#10;wG8V3vw/16//AGevii/9jXVreMnhrVZ2/d2c7nd5DOT/AKif5Xib+83+0m3v9e0S90XUpYpz/ZGr&#10;6czbnlRflX+Pf/eiZf4v+BLX2OOpVcxyydPBz5MRCPuSPxzMsRLLMxhHFYfnw9U5LWdV8S6N400T&#10;wVouhDxp4p1vzW0y3t5VtUlijXdLLK7fJFt2tU+p+D/irfStbJ8CvFUWt/xPHeWv2Rm/667tte5f&#10;sJ+EJvHOs+J/jjqdr5Kaz/xI/DNu/wA/kaXA3zyr8v8Ay1lRm/4D/tV7v+0B4D8V/FL4dXXh/wAI&#10;+Nn8EXVw+y61COyaeWWDa2+FGV0aLd8vzp8237v3q+dwmeZrDDQpYqfNOJ93R4PyWjX9rQh/6Ufj&#10;342PiPXvHOvPqsMVzdaBbywfYdPuVurXTYov9a3n/d/1reVu/il+VN3y1z/2lUiiadGh81UeLf8A&#10;xo29d/8Au/I/z/8AAq/QvxJ+xF/Yeh+B/AelXEMnw207dq3i5of3Wp+I7+I7oomRf+WTfdVd+2Ld&#10;/fRGr4m+KGieLLzxPpWt6zZw6P4g8YwXUlr4ZW1+zvp1nEyRW8Xlf8sotkWxV/55RO38VeRiaH16&#10;r7WrP3j9uybMKeBofVcLHljE4qR4NStZoPNV0li3/wDAW+TfX0b8LtK+Lfj74daPqui+DrTx5pVl&#10;/oE76NqcUV7ayxJs2XEUuz59u19yblZXSvOfhh8Ebv4l/AL4geM9OguYJfD5ik0y0VfNS8VYna9+&#10;T+Jlil83d/wCvqD9mnwJ41/Z+8QeB/G3hDS7zxp8LPiFpulx6jp9lulvdHllRNtwyfxxIzy/vf8A&#10;nk7K+3YrP05fVr5Zz/V5/EeVxPTwGd04fWI81Wkcfq+mfE3wJ4b1PxFefBfWtN0LS4vtGp6jqGq2&#10;qzRRL951iVmZtq/NtSkn8aLqFnFeWLMmnzqrwXflMyOr/c+f7tfpzeadbapZz2lzbx3FtcxtFLCw&#10;3K6N8rL/AN81+baadd/AbxN4v+DUyyXIsZftvhb7RudLrSbp3+Vm/wCndtyt/u16tTibM6MeSlHn&#10;PxLHcI5Pyzxsoe9H/t45yS5uX02LSpbyX7FF5u23T5N+59zpK/8Ay1X/AGK6HwrNYeErLVfiF4kg&#10;d/DHhOJbxom+T7def8u9rF/eZn2M3+zW/wCEvB76vexadZQwI6xbp7qb5IoI4k+aWV/4VWvMPEEl&#10;5+2d8XdC+FHw/nmj+GegSfaLrVnX5LyX7st+yf8AAtsSt/e/h3fJ9PWwmFy+l7PDx5Jz96Z83w/j&#10;auc1ef2X7qB7D/wTY+GGq+MfEni/45eK1Fxqes3UkNnK6/flZ99xKn+yvyxL/uutfodXK+A/BOl/&#10;DvwvpegaLaraaVpdutrbRKMbUX8PmZvvM38Tda6r8K/PcTW+sVOY/YqEeWJ8EfEHwf8AEDwV8Q9T&#10;/wCFlfGfx14b8Japff8AEp8V6DLFFpNr5vyJb3q7N1q25kVJf9U395Hra8WfAXXtCvPD9lb/ABs+&#10;LWvXutzyxWq2+vxWsSJHE0ryu2z5l2p8u3726ua+KX7QV98VvFmveGPGfhr4h+H/AABZ3T2Uvhzw&#10;94buJdQ15F+/9qul+WKB/ueVF8zq3zS7HroPDn7QngjWviz8L/B2meHNb+HdrodtfXFtb+KtMXSr&#10;dbVrJoooovNl+f5v/QGr07VYe9KJz+6cJ4y/Yw8M+L9UeXxh4s8beJNVtYlt2fUL5r2WKL7yRPKs&#10;T/39+zf/AB15F+0r8NvCHhbUvDXhef4g+O7zxd4hkgiaXU57y8+x6ZudZZXiWJpJflRkiiVa/QDR&#10;beS61TxFrXh/U4IbqTVZfMfd59leIsUW0Mqv95f+esXzL935q8Y+JfgLx/4v+P8Ao3xI8PeNtA0K&#10;88NW0uiwaTrFi9/a6dLKu2V2lgZNrSq6NtuPKZf7tP67U+EqnhqXxTPRPC/xa8Y6N4S0fRvhv+z9&#10;4nfw/p1rFY2beI76z0H91EuxP3UrPLt2r/FErf7Fbc+t/tGeIArWnhX4e+DYv421fWLzV5f+ApFD&#10;Ev8A4/Xxb4q/4KEfFTSnSDwv4t8G+OLuJZX1CKx8M3tull5X3/nll/e/N/c/3qt/D7/goZ8TPGUb&#10;Wuq+Pvhn4M1DzdkUXiHQNSW3lT+/9oileJf919tYyy/EqHteQ6/bU+bkPqbXfDvx3sLVp/8AhYPg&#10;DVbj7zaffeFLq1i/3VliunlX/vmvi39pa88Qab48fxHrnw7udH8V3uhalpF1q2kyvq9leM0SJaS2&#10;8uzdEyfOmx0V9j/favoRvHf7VXiC2luNFi+EPi/R921dR8Pyy3UL/wDfMu7/AMdrzXxD4h/aLt9R&#10;eXxB8Lote09FlRk8MWd1by+b/wAsn3y/eXd/c+ailScffuOONpQq8h2PwE8PePbbwVpnh7wP4e0T&#10;4V+GorXfLd+KYpdS1C8lliRJZUsll2xLK6f8tZf+AV7hoXwz+N+k21v/AGb8Y/DlzFbx7YtOufAy&#10;RWhX7qRborhGVf8Adr548N+LP2orDToZdO+HHhqGX5f9HuLG/wB6/wDfWxf/AB+uwufix+0v4Wsl&#10;u/F2sfBr4d2jxebv8QSyo6r/ALqS/NSlQqEfXaU5e4e1jxn+0P4csduqfDXwn42fdnz/AAv4klsH&#10;ZP8ArleRfK3/AG1r5e/by8Z/8JT4T0fxLrHhHxn8LPHPhW5Xy7u4s1lt7+znfbcWsV7avLA0u1Fl&#10;VJXX7jf3q4v4h/8ABRL4o6Dc21t4a8eeDPGDt/x9S6Z4XvYLeL/clnl/e/8AAV210dt8VPi1+0Vo&#10;HhbwfffGPwNDa+P9Dv31W0tNKUS6TFHEvmxS/vdys/muu75fuNVxwmJw/JVn7ge0o1fckWLP4D6B&#10;4h8DS2lt8Y/H154V8R2sV1Lbp9j2XkTpvRH2/N/vJ/v1v/Df9mKLwDpN1H4H+KPxD0eyvJVad9Ji&#10;sv3sq/J8zr/Eu77n+1XvfwtttQ+F/wAJfCng6zlPibUNJ05LJvEd9Zta2UqL9xli/wBbLsTanyf3&#10;fmeug+EmhppF940EHm3Mt5qcV5fXLrte4na3i3u6r8q/IkSbV+6qJWksXUnCfOc31alGXLSPFtK+&#10;DnjnVNcTSx8ePippsslvLLHPe2dq0Uoi27tjf3vmVq25/gj4u0qVrW7/AGp/FdpcR/eguP7LR0zy&#10;AQ/PQjk9Rg967z41fFrw/wDBfxB4N1DxP/aW3UWvNPs4dPsZbqWWVkibZ5SfN91Hr5+8YeK/2XPH&#10;niS+8QeIvhpr2p63fsJru8n8MagjzPtA3EK4GcAdBg9qziqk/esS1GPun6E1wPxK+CPgX4xQW8Xj&#10;PwnpfiRLYN5D6jbK7RbvvbG+8td4KXAxXkc0oy907pRPhTwxJqP7CYvvCnirRLm8+Dkuoy3uj+Md&#10;Html/shZX3PBfxJ86qvy7ZV/8e+6vBa34c1ub4k698XvCt5ocHh/XPiFpNvZ+LrBmlvvsU/2S3d9&#10;8UvlS2rPuia3uF+Rt7fer9HJreK6heCVFljZMOjL8rD+7Xzp4n/Yh8HtrVx4g+HOqap8JfEsnzy3&#10;fhWXy7Sdv+m1m37pk/2V213QrU5S98iPNSPL9Yb4VfHHxrc2fjL4JW1vZ3Wtap4e0fxHa3ES6he3&#10;tikryxSxReVLEzrFL5W5n3bPm2bk3+Qj9jz9nP4iqkvgz4oa34cuJ4NLlS1vNtyi/wBo/wDHkn71&#10;Vd3l+75SSsysfm2168fgv8Zvhj8QU8cT+B/A/wAYNZtHldNasZ20PUizp5bTTRM32VpfK+XzVXzd&#10;g27q8J8MfFv4CfDL4meEbzxFpXjDwPqGhare6hLptysGoW91POxaKNpbd8+XbuztENn8XzV20quJ&#10;pfwZk8tCr8ZTsf8AgnOs+q6u/gH46+FdRutHdxfSW7m3uLF1d93mvBM3lbdjbt391q1tU/Zl+P3g&#10;Dw1d6u37SemadoFlLFbz3z+LdRWKBmZFiib5H2MzSr8v+0tdH8L/AA74W8VnxLPpPxbsvEt5rHgz&#10;WfC1vPPol9bySPey+dDNIrKYowrblaOJVT+P7ztXfXv7HLap8OfGnh/wtL4WSLWdE8M2dpAYJYbe&#10;bUNOleWeSVfJ+Xzk+USfO3zNu/2t54nGSX7z/wBJM5YbDfznmOo/sUftL61L9g1v452z7l3vby+K&#10;NRlb5fvfLsT+FlrjIf8AgnXAnh5/GPiP43eE08PrL5Uut2UTXqM+7bsWVpfmbd8m371fV3jv9mW0&#10;1Sf49Xuoalpvh/XfiBY2dhpmp2kcs02nWqWUUUkDssafunliZGVPvxbN391fI/Emm/Drwd4HlHiX&#10;xvovg7xDaeLoPFIi0/TtV1CwaVLM2sayFRDIzFVkffF5W1lX03MQxeMa/dx/8lIjhsNy/ER6d/wT&#10;++Fnhj4car49/wCEw134i2VnpE+r2f8AZ11FZWV6kUUsuzzYlZtrbNv3q5n4PX8dn8MfHeueD9F8&#10;A+CdKi8KwXUXj2y0W8RNG1SWVF+xNe3Pmy3TJE+5pYk2xMyV1Hgv9rb4XXnwzT4N+AvDmu+O/O0y&#10;6024GmW9toUM3niUytEJHxFv8136fL/tNXrPhjwF+0X4v8N6TocTeGPgz4RsbOGxtVjb+3dXit0j&#10;WKNN7futxVV3NWNSrXq/7xM3j7Cl8B518Gfif4d+FHhTxrrPjGXS/Dfh+4vonsNc07WNR1eLxHL5&#10;X717Nbz97K6fIjSxJ5TM7fN8ldR4A/Z71z9pPxPrvxG8dN4r+Hfh+/jgtdA8Oafq0tpetDErL9ou&#10;lX5Vkl/u/wD2LN7V8LP2PPAvw+16LxRqP27x140BRv8AhJPE05u7iIr9wRK3yRKv8G1dy/3q99PA&#10;21wyxEY/wipRlOXvngXw4/Y2+Hvw58WWviWAa1r2u2WWs7zxBqst79l3Lj90jtsVv9rbXvw6UUvH&#10;pXK5zqayDkjE/9lQSwMEFAAGAAgAAAAhAAuFByziAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyo49CENsSpqgo4VUi0SKg3N94mUeN1FLtJ+ve4J7jNakYzb/PVZFo2YO8a&#10;SxLELAKGVFrdUCXhe//+tADmvCKtWkso4YoOVsX9Xa4ybUf6wmHnKxZKyGVKQu19l3HuyhqNcjPb&#10;IQXvZHujfDj7iutejaHctDyOopQb1VBYqFWHmxrL8+5iJHyMalw/i7dhez5trod98vmzFSjl48O0&#10;fgXmcfJ/YbjhB3QoAtPRXkg71kqIly8hKWEeC2A3XyTLFNgxqHQeJcCLnP//ofgFAAD//wMAUEsD&#10;BBQABgAIAAAAIQCMmn+7yAAAAKYBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYoC&#10;MQyG7wu+Q8nd6cwcZFnseJEFr4s+QGgzneo0LW130be36GUFwZvHJPzf/5H15uxn8Ucpu8AKuqYF&#10;QayDcWwVHPbfy08QuSAbnAOTggtl2AyLj/UPzVhqKE8uZlEpnBVMpcQvKbOeyGNuQiSulzEkj6WO&#10;ycqI+oSWZN+2K5n+M2B4YIqdUZB2pgexv8Ta/JodxtFp2gb964nLkwrpfO2uQEyWigJPxuF92TfH&#10;SBbkc4nuPRJdE/nmIB++O1wBAAD//wMAUEsBAi0AFAAGAAgAAAAhANDgc88UAQAARwIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAABFAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY+GswzAEAAAD&#10;EQAADgAAAAAAAAAAAAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAHRZZRMFM&#10;AADBTAAAFAAAAAAAAAAAAAAAAACgBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAA&#10;ACEA4ASPrWUlAABlJQAAFQAAAAAAAAAAAAAAAACTUwAAZHJzL21lZGlhL2ltYWdlMi5qcGVnUEsB&#10;Ai0AFAAGAAgAAAAhAAuFByziAAAACwEAAA8AAAAAAAAAAAAAAAAAK3kAAGRycy9kb3ducmV2Lnht&#10;bFBLAQItABQABgAIAAAAIQCMmn+7yAAAAKYBAAAZAAAAAAAAAAAAAAAAADp6AABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvwEAADl7AAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Image 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:71748;height:101498;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDicIcRxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8ArearYitqxGqf9A0YtWxeNj89xd3LwsSXTXb98UhB6HmfkNM5q0phJ3cr60rOCjm4Ag&#10;zqwuOVdw+Fm+f4HwAVljZZkUPMjDZPz6MsJU24Z3dN+HXEQI+xQVFCHUqZQ+K8ig79qaOHoX6wyG&#10;KF0utcMmwk0le0kykAZLjgsF1jQrKLvub0bB+bM/31wP6+2GZ4utXbrTcdqclOq8td9DEIHa8B9+&#10;tldaQQ/+rsQbIMe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJwhxHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId10" o:title=""/>
+                  <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
                 <v:shape id="Graphic 3" o:spid="_x0000_s1028" style="position:absolute;left:31375;width:30239;height:74847;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3023870,7484745" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAgaNuOxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvdWMLQaOriFIq9lL/kuMz+0yC2bchu5r023cLBY/DzPyGmS06U4kHNa60rGA0jEAQ&#10;Z1aXnCs4Hj5exyCcR9ZYWSYFP+RgMe+9zDDRtuUdPfY+FwHCLkEFhfd1IqXLCjLohrYmDt7VNgZ9&#10;kE0udYNtgJtKvkVRLA2WHBYKrGlVUHbb342C0/b4HaefNDm063Ns1l/p5TROlRr0u+UUhKfOP8P/&#10;7Y1W8A5/V8INkPNfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACBo247EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m3023869,l,,,7484745r3023869,l3023869,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 4" o:spid="_x0000_s1029" style="position:absolute;left:32510;width:27940;height:32073;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2794000,3207385" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqY/Z/wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8AQvi6a6i0g1iiiC62VR6/3RPNtq81KbWOu/N8LCHoeZ+YaZLVpTioZqV1hWMBxEIIhT&#10;qwvOFCTHTX8CwnlkjaVlUvAkB4t552OGsbYP3lNz8JkIEHYxKsi9r2IpXZqTQTewFXHwzrY26IOs&#10;M6lrfAS4KeUoisbSYMFhIceKVjml18PdKLg0S1pP+EvLU3L73X0mpuKfkVK9brucgvDU+v/wX3ur&#10;FXzD+0q4AXL+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGpj9n/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m2794000,l,,,3207385r2794000,l2794000,xe" fillcolor="#44536a" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:34401;top:3416;width:24151;height:24939;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCqHfBxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8Aq91WylVlmNUoWi4KnuKnh7JK+7S5OXZZPq6q83QqHHYWa+YWaL3llxoi40nhW8DjIQ&#10;xNqbhisFZfH5MgERIrJB65kUXCjAYv74MMPc+DN/0WkXK5EgHHJUUMfY5lIGXZPDMPAtcfK+fecw&#10;JtlV0nR4TnBn5TDL3qXDhtNCjS2tatI/u1+nQG8Pe10a3K9bWxZvy+H4erRjpZ6f+o8piEh9/A//&#10;tTdGwQjuV9INkPMbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMKod8HEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId11" o:title=""/>
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
                 <v:shape id="Graphic 6" o:spid="_x0000_s1031" style="position:absolute;left:32510;top:71102;width:27971;height:1187;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2797175,118745" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRyCUmvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJvjWwTTONEMSVQ6DVOP2CxNpYbayUsxXb+PioEchxm5g2zqxc7iInG0DtWkK8yEMSt&#10;0z13Cn5P3x+fIEJE1jg4JgU3ClDvX192WGk385GmJnYiQThUqMDE6CspQ2vIYlg5T5y8sxstxiTH&#10;TuoR5wS3gyyyrJQWe04LBj0dDLWX5moVXFgX858/5nOpYzitfeM35qbU+9vytQURaYnP8KP9oxWU&#10;8H8l3QC5vwMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRyCUmvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m2797175,l,,,118744r2797175,l2797175,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="538C15D0" wp14:editId="402DBF94">
                 <wp:extent cx="3023870" cy="7484745"/>
                 <wp:effectExtent l="9525" t="0" r="5080" b="11429"/>
                 <wp:docPr id="7" name="Textbox 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -454,90 +454,74 @@
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="5B9BD4"/>
                                 <w:spacing w:val="-30"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="5B9BD4"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Protection </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="5B9BD4"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t>Guidelines</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2CB3206F" w14:textId="6CDEF684" w:rsidR="00EF6A98" w:rsidRDefault="00295A9D">
+                          <w:p w14:paraId="2CB3206F" w14:textId="2A0B6727" w:rsidR="00EF6A98" w:rsidRDefault="00295A9D">
                             <w:pPr>
                               <w:spacing w:before="158"/>
                               <w:ind w:left="286"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="44536A"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Revised </w:t>
                             </w:r>
                             <w:r w:rsidR="000C5955">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light"/>
                                 <w:color w:val="44536A"/>
                                 <w:sz w:val="52"/>
                               </w:rPr>
-                              <w:t>A</w:t>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t>August 2025</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="538C15D0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textbox 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:238.1pt;height:589.35pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVGaIyxwEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bTpA6MOMXWoMOA&#10;YivQ9QMUWY6FyaImKrHz96NkJynW27CLTIlPT3yP9Pp+6Aw7Ko8abMVvZjlnykqotd1X/PXn46cV&#10;ZxiErYUBqyp+UsjvNx8/rHtXqjm0YGrlGZFYLHtX8TYEV2YZylZ1AmfglKVkA74TgbZ+n9Ve9MTe&#10;mWye53dZD752HqRCpNPtmOSbxN80SoYfTYMqMFNxqi2k1ad1F9dssxbl3gvXajmVIf6hik5oS49e&#10;qLYiCHbw+h1Vp6UHhCbMJHQZNI2WKmkgNTf5X2peWuFU0kLmoLvYhP+PVn4/vrhnz8LwBQZqYBKB&#10;7gnkLyRvst5hOWGip1gioaPQofFd/JIERhfJ29PFTzUEJunwNp/frgpKScoVi9WiWCyj49n1uvMY&#10;viroWAwq7qlhqQRxfMIwQs+Q+JqxrKcql6tiOVYKRteP2piYRL/fPRjPjoKaXdwVOT09UuBbWOTb&#10;CmxHXEpNMGMnxaPIKDcMu4E4YriD+kRO9TQsFcffB+EVZ+abpW7EyToH/hzszoEP5gHS/MUqLXw+&#10;BGh0UnflnV6mNid/ppGMc/R2n1DXH2fzBwAA//8DAFBLAwQUAAYACAAAACEAzmKj/N8AAAAGAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm900lKTEbEoQVIogtFXB2zY7JrHZ2ZDd&#10;pum/d+xFLw+G93jvm3w12U6MOPjWkYL5LAKBVDnTUq3gbfd4twThgyajO0eo4IweVsX1Va4z4060&#10;wXEbasEl5DOtoAmhz6T0VYNW+5nrkdj7coPVgc+hlmbQJy63nYyjKJFWt8QLje7xocHqsD1aBUm8&#10;+9iU7y+xfx6fDovv189zuV4rdXszlfcgAk7hLwy/+IwOBTPt3ZGMF50CfiRclL1FmsQg9hyap8sU&#10;ZJHL//jFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVGaIyxwEAAIADAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDOYqP83wAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAACEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" filled="f" strokecolor="#767070" strokeweight="1.25pt">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5F2ACF10" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
                       <w:pPr>
@@ -652,90 +636,74 @@
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="5B9BD4"/>
                           <w:spacing w:val="-30"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="5B9BD4"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Protection </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="5B9BD4"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t>Guidelines</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2CB3206F" w14:textId="6CDEF684" w:rsidR="00EF6A98" w:rsidRDefault="00295A9D">
+                    <w:p w14:paraId="2CB3206F" w14:textId="2A0B6727" w:rsidR="00EF6A98" w:rsidRDefault="00295A9D">
                       <w:pPr>
                         <w:spacing w:before="158"/>
                         <w:ind w:left="286"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="44536A"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Revised </w:t>
                       </w:r>
                       <w:r w:rsidR="000C5955">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light"/>
                           <w:color w:val="44536A"/>
                           <w:sz w:val="52"/>
                         </w:rPr>
-                        <w:t>A</w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t>August 2025</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B8F46F" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00EF6A98">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="400" w:right="1340" w:bottom="280" w:left="540" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -1180,51 +1148,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">authority: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:color w:val="0462C1"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0462C1"/>
           </w:rPr>
           <w:t>http://www.dundeeprotects.co.uk/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03676D88" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1233,51 +1201,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361B63A3" wp14:editId="53CA3A02">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>1247899</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>127954</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="293789" cy="292322"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Image 8"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="293789" cy="292322"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E1B7B3" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:spacing w:before="7" w:line="203" w:lineRule="exact"/>
         <w:ind w:left="1150" w:right="7853"/>
         <w:jc w:val="center"/>
@@ -1333,223 +1301,203 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="102037BF" wp14:editId="3F0745C5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>914400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>174317</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4205923" cy="2657475"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="9" name="Image 9">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Image 9">
-                      <a:hlinkClick r:id="rId12"/>
+                      <a:hlinkClick r:id="rId9"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4205923" cy="2657475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C13B94" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="193" w:line="403" w:lineRule="auto"/>
         <w:ind w:right="5303"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Specific</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Rowantree</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Primary</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>School Child Protection Officers:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6817678B" w14:textId="1CB68CC5" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mr</w:t>
       </w:r>
       <w:r w:rsidR="00295A9D">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Ross</w:t>
+        <w:t>s Ross</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EC23F9" w14:textId="65E97276" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:spacing w:before="23"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00295A9D">
-        <w:t>rs</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Cook </w:t>
+        <w:t xml:space="preserve">rs Cook </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="522CF78D" w14:textId="2A24533C" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:spacing w:before="20"/>
       </w:pPr>
       <w:r>
         <w:t>Miss Elder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2653DEF6" w14:textId="1DC78DC8" w:rsidR="00295A9D" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:spacing w:before="20"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Kay</w:t>
+      <w:r>
+        <w:t>Mrs Kay</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2221ABE0" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:spacing w:before="20"/>
       </w:pPr>
       <w:r>
         <w:t>HT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>as</w:t>
@@ -1565,55 +1513,53 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Person</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>requires</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>overview</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1899,59 +1845,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>onto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pastoral</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>notes</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> relevant information will be shared</w:t>
+        <w:t>notes Any relevant information will be shared</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C28FB39" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
       <w:pPr>
         <w:spacing w:line="403" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00EF6A98">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1380" w:right="1340" w:bottom="280" w:left="540" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B3AA3A8" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="39"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Child</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
@@ -2535,51 +2473,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="150C76ED" wp14:editId="1A3B2C34">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>914400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>402915</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="801369" cy="1104747"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Image 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Image 10"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print"/>
+                    <a:blip r:embed="rId12" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="801369" cy="1104747"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -2670,51 +2608,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B1B9304" wp14:editId="1BE3EF46">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>2047999</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>143163</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="293789" cy="292322"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="11" name="Image 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="11" name="Image 11"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="293789" cy="292322"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FB849D" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:spacing w:before="7"/>
         <w:ind w:left="2370"/>
         <w:rPr>
@@ -2858,57 +2796,52 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>very</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>brief</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>‘</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>‘do’s</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>don’ts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -5412,65 +5345,56 @@
                               <w:t>with</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-8"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-6"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>disclosure Helpful things</w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> to say</w:t>
+                              <w:t>disclosure Helpful things to say</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="79E07874" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="240"/>
                               </w:tabs>
                               <w:spacing w:before="2"/>
                               <w:ind w:left="240" w:hanging="95"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>you</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
@@ -6381,58 +6305,56 @@
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>through</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-1"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>eg</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>false</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
@@ -6533,65 +6455,56 @@
                         <w:t>with</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-8"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>a</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-6"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>disclosure Helpful things</w:t>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> to say</w:t>
+                        <w:t>disclosure Helpful things to say</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="79E07874" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="240"/>
                         </w:tabs>
                         <w:spacing w:before="2"/>
                         <w:ind w:left="240" w:hanging="95"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>you</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
@@ -7502,58 +7415,56 @@
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>through</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>eg</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>false</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
@@ -7593,51 +7504,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2410259D" wp14:editId="1A7FB7BA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>4522014</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>295243</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="647810" cy="573555"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Image 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="14" name="Image 14"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="647810" cy="573555"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>Safeguarding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
@@ -7790,51 +7701,51 @@
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487599104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35EE7CF2" wp14:editId="5A1CDD44">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3175</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="8487960" cy="6506483"/>
             <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
             <wp:wrapNone/>
             <wp:docPr id="626370148" name="Picture 1" descr="A screenshot of a computer&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="626370148" name="Picture 1" descr="A screenshot of a computer&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8487960" cy="6506483"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -7884,51 +7795,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3339FE36" wp14:editId="52DA2ACB">
             <wp:extent cx="8950951" cy="5828442"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="16" name="Image 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="16" name="Image 16"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:blip r:embed="rId15" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8950951" cy="5828442"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EF5C61" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -8226,139 +8137,130 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>scrutiny</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>including:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>weekly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>attendance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>review,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">more regular attainment and progress updates, regular review of targeted interventions to </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>more regular attainment and progress updates, regular review of targeted interventions to support .</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="423449D4" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B013131" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C90336" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="100"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>SLT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>have</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>discrete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -8676,51 +8578,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15733248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16A88B09" wp14:editId="5AEA9137">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>6138798</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-222513</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="499109" cy="495274"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Image 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="17" name="Image 17"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print"/>
+                    <a:blip r:embed="rId16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="499109" cy="495274"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>Rowantree</w:t>
       </w:r>
@@ -11206,65 +11108,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E867A15" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7806361E" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="100"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mosaic </w:t>
-[...13 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>Mosaic Casenote?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21570979" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="00EF6A98">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23132214" w14:textId="77777777" w:rsidR="00EF6A98" w:rsidRDefault="005830ED">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="134"/>
               <w:ind w:left="96"/>
@@ -12572,51 +12460,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="41709C"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="20D089B9" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.15pt;margin-top:15.4pt;width:30.25pt;height:30.25pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqhr43DQMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVttu3CAQfa/Uf0C8N95L9hIr3qjJNlGl&#10;Ko2UVH1mMb6oGCiw683fd8DG62zSdjdVH6q+2IMZhpkz52DOL7YVRxumTSlFgocnA4yYoDItRZ7g&#10;Lw/X7+YYGUtESrgULMGPzOCLxds357WK2UgWkqdMIwgiTFyrBBfWqjiKDC1YRcyJVEzAZCZ1RSwM&#10;dR6lmtQQveLRaDCYRrXUqdKSMmPg67KZxAsfP8sYtZ+zzDCLeIIhN+uf2j9X7hktzkmca6KKkrZp&#10;kFdkUZFSwKZdqCWxBK11+SxUVVItjczsCZVVJLOspMzXANUMB3vV3Gi5Vr6WPK5z1cEE0O7h9Oqw&#10;9HZzo9W9utNN9mB+kvSbAVyiWuVxf96N853zNtOVWwRFoK1H9LFDlG0tovBxPD8dziYYUZhqbY84&#10;LaAtz1bR4sMv10Ukbjb1qXWp1Aq4Y3bwmD+D574ginnUjSv/TqMyTfDoFCNBKqDwTcsW+AK1uM3B&#10;yyHYjkwL5h4+0/EECAg4eMOj0KE0G552KDU2zHfVkpiujb1h0sNNNp+M9cvzNFikCBbdimBqIL+j&#10;Pfe0txgB7TVGQPtVQ3tFrFvneuhMVEOP2kyKznSzldywB+n9rGvaaDafjkHYod+Q6c6Fi77r2Wg+&#10;nj3xDPPhrXzInd9wPpkPvDAhbHAK78a5wfEAR3CZzqBxjn19XEO48G7ChuLB+4DYPRCO896vjXJp&#10;WNNv1wbf+K41gEG/+UbyMr0uOXfNMDpfXXGNNgS6PLk8u1x6RsKSnhtIxcQNJZ21kukjMLoGDifY&#10;fF8TzTDiHwVoxh2PwdDBWAVDW34l/SHqeaCNfdh+JVohBWaCLXD5VgbpkDiwFJJxDo2vWynk+7WV&#10;Weko7HNrMmoHIONGUn9fz3Aq7el58r/q+QU9/V7PB5B+J+p9zj8VXk9KBzsesP1xeoaAR5wVL0AW&#10;ajpGz1y4U3c4msGJ5yX9U33Df3RwduUY+lTfjb6WxBTNOeCl37px0crq39K//7vDfceX2t7N3IWq&#10;P/aF7W6Qix8AAAD//wMAUEsDBBQABgAIAAAAIQCNXNnc4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BSsNAEIbvgu+wjODNbtK0QWM2pRT1VARbofS2zU6T0OxsyG6T9O0dT3qbYT7++f58NdlW&#10;DNj7xpGCeBaBQCqdaahS8L1/f3oG4YMmo1tHqOCGHlbF/V2uM+NG+sJhFyrBIeQzraAOocuk9GWN&#10;VvuZ65D4dna91YHXvpKm1yOH21bOoyiVVjfEH2rd4abG8rK7WgUfox7XSfw2bC/nze24X34etjEq&#10;9fgwrV9BBJzCHwy/+qwOBTud3JWMF62CZbpIGFWQRFyBgXS+4OGk4CVOQBa5/N+g+AEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCqhr43DQMAAIkKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNXNnc4AAAAAkBAAAPAAAAAAAAAAAAAAAAAGcFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;">
+              <v:group w14:anchorId="5FB31982" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.15pt;margin-top:15.4pt;width:30.25pt;height:30.25pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqhr43DQMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVttu3CAQfa/Uf0C8N95L9hIr3qjJNlGl&#10;Ko2UVH1mMb6oGCiw683fd8DG62zSdjdVH6q+2IMZhpkz52DOL7YVRxumTSlFgocnA4yYoDItRZ7g&#10;Lw/X7+YYGUtESrgULMGPzOCLxds357WK2UgWkqdMIwgiTFyrBBfWqjiKDC1YRcyJVEzAZCZ1RSwM&#10;dR6lmtQQveLRaDCYRrXUqdKSMmPg67KZxAsfP8sYtZ+zzDCLeIIhN+uf2j9X7hktzkmca6KKkrZp&#10;kFdkUZFSwKZdqCWxBK11+SxUVVItjczsCZVVJLOspMzXANUMB3vV3Gi5Vr6WPK5z1cEE0O7h9Oqw&#10;9HZzo9W9utNN9mB+kvSbAVyiWuVxf96N853zNtOVWwRFoK1H9LFDlG0tovBxPD8dziYYUZhqbY84&#10;LaAtz1bR4sMv10Ukbjb1qXWp1Aq4Y3bwmD+D574ginnUjSv/TqMyTfDoFCNBKqDwTcsW+AK1uM3B&#10;yyHYjkwL5h4+0/EECAg4eMOj0KE0G552KDU2zHfVkpiujb1h0sNNNp+M9cvzNFikCBbdimBqIL+j&#10;Pfe0txgB7TVGQPtVQ3tFrFvneuhMVEOP2kyKznSzldywB+n9rGvaaDafjkHYod+Q6c6Fi77r2Wg+&#10;nj3xDPPhrXzInd9wPpkPvDAhbHAK78a5wfEAR3CZzqBxjn19XEO48G7ChuLB+4DYPRCO896vjXJp&#10;WNNv1wbf+K41gEG/+UbyMr0uOXfNMDpfXXGNNgS6PLk8u1x6RsKSnhtIxcQNJZ21kukjMLoGDifY&#10;fF8TzTDiHwVoxh2PwdDBWAVDW34l/SHqeaCNfdh+JVohBWaCLXD5VgbpkDiwFJJxDo2vWynk+7WV&#10;Weko7HNrMmoHIONGUn9fz3Aq7el58r/q+QU9/V7PB5B+J+p9zj8VXk9KBzsesP1xeoaAR5wVL0AW&#10;ajpGz1y4U3c4msGJ5yX9U33Df3RwduUY+lTfjb6WxBTNOeCl37px0crq39K//7vDfceX2t7N3IWq&#10;P/aF7W6Qix8AAAD//wMAUEsDBBQABgAIAAAAIQCNXNnc4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BSsNAEIbvgu+wjODNbtK0QWM2pRT1VARbofS2zU6T0OxsyG6T9O0dT3qbYT7++f58NdlW&#10;DNj7xpGCeBaBQCqdaahS8L1/f3oG4YMmo1tHqOCGHlbF/V2uM+NG+sJhFyrBIeQzraAOocuk9GWN&#10;VvuZ65D4dna91YHXvpKm1yOH21bOoyiVVjfEH2rd4abG8rK7WgUfox7XSfw2bC/nze24X34etjEq&#10;9fgwrV9BBJzCHwy/+qwOBTud3JWMF62CZbpIGFWQRFyBgXS+4OGk4CVOQBa5/N+g+AEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCqhr43DQMAAIkKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNXNnc4AAAAAkBAAAPAAAAAAAAAAAAAAAAAGcFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;">
                 <v:shape id="Graphic 24" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPqJ/6wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdRORUlJXqYLgQQ9NI3h8ZF+zodm3YXc18d+7QqHHYWa+YVab0XbiRj60jhXk8wwE&#10;ce10y42C6nv/+g4iRGSNnWNScKcAm/XkZYWFdgN/0a2MjUgQDgUqMDH2hZShNmQxzF1PnLwf5y3G&#10;JH0jtcchwW0nF1n2Ji22nBYM9rQzVP+WV6tA99VJX8zQaSqPWzw2e5+fc6Vm0/HzA0SkMf6H/9oH&#10;rWCxhOeX9APk+gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPqJ/6wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m278638,l92837,r,185800l,185800,185674,371475,371475,185800r-92837,l278638,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 25" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrB75iwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pqmCIl2jFGFX9yD47+Lt0bxtq81LSWKt394IgsdhZn7DzBadqUVLzleWFQwHCQji&#10;3OqKCwXHw09/CsIHZI21ZVJwJw+L+Udvhqm2N95Ruw+FiBD2KSooQ2hSKX1ekkE/sA1x9P6tMxii&#10;dIXUDm8Rbmo5SpKJNFhxXCixoWVJ+WV/NQqq82Ht2s3fWP/mu9U0O26bU5cp9fXZZd8gAnXhHX61&#10;11rBaAzPL/EHyPkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6we+YsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,185800r92837,l92837,,278638,r,185800l371475,185800,185674,371475,,185800xe" filled="f" strokecolor="#41709c" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487593984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43A780EE" wp14:editId="0C0A0953">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1974850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -13157,51 +13045,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12699">
                             <a:solidFill>
                               <a:srgbClr val="41709C"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3584F057" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.15pt;margin-top:109.15pt;width:30.25pt;height:30.25pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGL9F6CQMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVslu2zAQvRfoPxC8N/K+CJGDJm6MAkES&#10;ICl6pilqQSmRJWnL+fsOKVFWnLS1U/RQ9CINxeFw5s17FM8vdgVHW6Z0LsoI9896GLGSijgv0wh/&#10;ebz+MMNIG1LGhIuSRfiJaXyxeP/uvJIhG4hM8JgpBEFKHVYywpkxMgwCTTNWEH0mJCthMhGqIAaG&#10;Kg1iRSqIXvBg0OtNgkqoWCpBmdbwdVlP4oWLnySMmrsk0cwgHmHIzbincs+1fQaLcxKmisgsp00a&#10;5A1ZFCQvYdM21JIYgjYqfxGqyKkSWiTmjIoiEEmSU+ZqgGr6vYNqVkpspKslDatUtjABtAc4vTks&#10;vd2ulHyQ96rOHswbQb9pwCWoZBp25+043TvvElXYRVAE2jlEn1pE2c4gCh+Hs1F/OsaIwlRjO8Rp&#10;Bm15sYpmn365LiBhvalLrU2lksAdvYdH/xk8DxmRzKGubfn3CuUxZD/AqCQFUHjVsAW+QC12c/Cy&#10;CDYj3YB5gM9kOAYCAg7OcCi0KE37oxal2ob5tloS0o02KyYc3GR7o41bnsbeIpm36K70pgLyW9pz&#10;R3uDEdBeYQS0X9e0l8TYdbaH1kQVVNlkkrWmnS3Elj0K52ds0wbT2WQIwvb9hkz3Lrzsus4Hs+H0&#10;maef92/pQu79+rPxrOeECWG9k3/XzjWORziCy2Q6ctu7yka28J+G9cVDWUfE7oBwmvdhbZQLzeq8&#10;bBtcgm1rINlu87XgeXydc26boVW6vuIKbQl0eXw5v1z6+jpuIBUd1pS01lrET8DoCjgcYf19QxTD&#10;iH8uQTP2ePSG8sbaG8rwK+EOUccDpc3j7itREkkwI2yAy7fCS4eEnqWQv3Wofe3KUnzcGJHklsIu&#10;tzqjZgAyriX19/U8fKHn4f+q51f09Hs9H0H6vagPOf9czx0pHe14xPan6RkCnnBWvAKZr+kUPfPS&#10;nrr9wWQ+d9eHjnAP9A3/0d78qjm/nrlZfS2JzupzwE21x1wjq39L/+7vDvcddxI2dzN7oeqOXWH7&#10;G+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhAA6bHSLiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FvgkAQhe9N+h8206S3uoBKCbIYY9qeTJNqk8bbCiMQ2VnCroD/vtNTvc3Me3nzvWw9mVYM2LvG&#10;koJwFoBAKmzZUKXg+/D+koBwXlOpW0uo4IYO1vnjQ6bT0o70hcPeV4JDyKVaQe19l0rpihqNdjPb&#10;IbF2tr3Rnte+kmWvRw43rYyCIJZGN8Qfat3htsbisr8aBR+jHjfz8G3YXc7b2/Gw/PzZhajU89O0&#10;WYHwOPl/M/zhMzrkzHSyVyqdaBUs48WcrQqiMOGBHXG04DInvrwmCcg8k/cd8l8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEABi/RegkDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADpsdIuIAAAALAQAADwAAAAAAAAAAAAAAAABjBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
+              <v:group w14:anchorId="641EDD70" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.15pt;margin-top:109.15pt;width:30.25pt;height:30.25pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGL9F6CQMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVslu2zAQvRfoPxC8N/K+CJGDJm6MAkES&#10;ICl6pilqQSmRJWnL+fsOKVFWnLS1U/RQ9CINxeFw5s17FM8vdgVHW6Z0LsoI9896GLGSijgv0wh/&#10;ebz+MMNIG1LGhIuSRfiJaXyxeP/uvJIhG4hM8JgpBEFKHVYywpkxMgwCTTNWEH0mJCthMhGqIAaG&#10;Kg1iRSqIXvBg0OtNgkqoWCpBmdbwdVlP4oWLnySMmrsk0cwgHmHIzbincs+1fQaLcxKmisgsp00a&#10;5A1ZFCQvYdM21JIYgjYqfxGqyKkSWiTmjIoiEEmSU+ZqgGr6vYNqVkpspKslDatUtjABtAc4vTks&#10;vd2ulHyQ96rOHswbQb9pwCWoZBp25+043TvvElXYRVAE2jlEn1pE2c4gCh+Hs1F/OsaIwlRjO8Rp&#10;Bm15sYpmn365LiBhvalLrU2lksAdvYdH/xk8DxmRzKGubfn3CuUxZD/AqCQFUHjVsAW+QC12c/Cy&#10;CDYj3YB5gM9kOAYCAg7OcCi0KE37oxal2ob5tloS0o02KyYc3GR7o41bnsbeIpm36K70pgLyW9pz&#10;R3uDEdBeYQS0X9e0l8TYdbaH1kQVVNlkkrWmnS3Elj0K52ds0wbT2WQIwvb9hkz3Lrzsus4Hs+H0&#10;maef92/pQu79+rPxrOeECWG9k3/XzjWORziCy2Q6ctu7yka28J+G9cVDWUfE7oBwmvdhbZQLzeq8&#10;bBtcgm1rINlu87XgeXydc26boVW6vuIKbQl0eXw5v1z6+jpuIBUd1pS01lrET8DoCjgcYf19QxTD&#10;iH8uQTP2ePSG8sbaG8rwK+EOUccDpc3j7itREkkwI2yAy7fCS4eEnqWQv3Wofe3KUnzcGJHklsIu&#10;tzqjZgAyriX19/U8fKHn4f+q51f09Hs9H0H6vagPOf9czx0pHe14xPan6RkCnnBWvAKZr+kUPfPS&#10;nrr9wWQ+d9eHjnAP9A3/0d78qjm/nrlZfS2JzupzwE21x1wjq39L/+7vDvcddxI2dzN7oeqOXWH7&#10;G+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhAA6bHSLiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FvgkAQhe9N+h8206S3uoBKCbIYY9qeTJNqk8bbCiMQ2VnCroD/vtNTvc3Me3nzvWw9mVYM2LvG&#10;koJwFoBAKmzZUKXg+/D+koBwXlOpW0uo4IYO1vnjQ6bT0o70hcPeV4JDyKVaQe19l0rpihqNdjPb&#10;IbF2tr3Rnte+kmWvRw43rYyCIJZGN8Qfat3htsbisr8aBR+jHjfz8G3YXc7b2/Gw/PzZhajU89O0&#10;WYHwOPl/M/zhMzrkzHSyVyqdaBUs48WcrQqiMOGBHXG04DInvrwmCcg8k/cd8l8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEABi/RegkDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADpsdIuIAAAALAQAADwAAAAAAAAAAAAAAAABjBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
                 <v:shape id="Graphic 32" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDq1DTIwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdROFUlJXqYLgQQ9NI3h8ZF+zodm3YXc18d+7QqHHYWa+YVab0XbiRj60jhXk8wwE&#10;ce10y42C6nv/+g4iRGSNnWNScKcAm/XkZYWFdgN/0a2MjUgQDgUqMDH2hZShNmQxzF1PnLwf5y3G&#10;JH0jtcchwW0nF1n2Ji22nBYM9rQzVP+WV6tA99VJX8zQaSqPWzw2e5+fc6Vm0/HzA0SkMf6H/9oH&#10;rWC5gOeX9APk+gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDq1DTIwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m278638,l92837,r,185800l,185800,185674,371474,371475,185800r-92837,l278638,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 33" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5aByEwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hvAUvsqYqiNSmssou6HGrl709mmdbTF5qE7X+eyMIexxm5hsmW/fWiBt1vnGsYDpJQBCX&#10;TjdcKTgefj6XIHxA1mgck4IHeVjnw0GGqXZ3/qVbESoRIexTVFCH0KZS+rImi37iWuLonVxnMUTZ&#10;VVJ3eI9wa+QsSRbSYsNxocaWtjWV5+JqFZTja7K/NHtpvqvHZmH/it6ctkqNPvqvFYhAffgPv9s7&#10;rWA+h9eX+ANk/gQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD5aByEwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,185800r92837,l92837,,278638,r,185800l371475,185800,185674,371474,,185800xe" filled="f" strokecolor="#41709c" strokeweight=".35275mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487595008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A2B76B0" wp14:editId="20752A49">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2003425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -13776,51 +13664,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="41709C"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3A699A40" id="Group 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:292.75pt;margin-top:205.15pt;width:30.25pt;height:30.25pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYMEu6CgMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVl1v2yAUfZ+0/4B4X53vpFadam3WatLU&#10;VWqnPROMPzRsGJA4/fe7gHHSpNuSTnuY9mJfzOVy77nnYC4uNxVHa6Z0KeoE9896GLGairSs8wR/&#10;ebx5N8NIG1KnhIuaJfiJaXw5f/vmopExG4hC8JQpBEFqHTcywYUxMo4iTQtWEX0mJKthMhOqIgaG&#10;Ko9SRRqIXvFo0OtNokaoVCpBmdbwdeEn8dzFzzJGzecs08wgnmDIzbincs+lfUbzCxLnisiipG0a&#10;5BVZVKSsYdMu1IIYglaqPAhVlVQJLTJzRkUViSwrKXM1QDX93l41t0qspKslj5tcdjABtHs4vTos&#10;vVvfKvkg75XPHsxPgn7TgEvUyDzenbfjfOu8yVRlF0ERaOMQfeoQZRuDKHwczkb96RgjClOt7RCn&#10;BbTlYBUtPvxyXURiv6lLrUulkcAdvYVH/xk8DwWRzKGubfn3CpVpgkfAnppUQOHbli3wBWqxm4OX&#10;RbAd6RbMPXwmwzGEAByc4VDoUJr2Rx1K3ob5rloS05U2t0w4uMn6kzZueZ4GixTBops6mArIb2nP&#10;He0NRkB7hRHQfulpL4mx62wPrYka6FGbSdGZdrYSa/YonJ+xTRtMZ5MhCDv0GzLduvB61/V8MBtO&#10;n3mG+fCWLuTWrz8bz3oOWggbnMLbO3scj3AEl8l05LZvK/O4hnDh7cOG4qGsI2LvgHCa935tlAvN&#10;fF62Da7xXWsAg93ma8HL9Kbk3DZDq3x5zRVaE+jy+Or8ajGyjYUlO24gFR17SlprKdInYHQDHE6w&#10;/r4iimHEP9agGXs8BkMFYxkMZfi1cIeo44HS5nHzlSiJJJgJNsDlOxGkQ+LAUkjGOnhfu7IW71dG&#10;ZKWlsMvNZ9QOQMZeUn9fz/0DPff/Vz2/oKff6/kI0m9Fvc/558LbkdLRjkdsf5qeIeAJZ8ULkIWa&#10;TtEzr+2p2x9M4cRzkv6pvuE/2ju/PtS319eC6MKfA076rRuvW1n9W/p3f3e477ijrL2b2QvV7tgV&#10;tr1Bzn8AAAD//wMAUEsDBBQABgAIAAAAIQANwipk4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BSsNAEIbvgu+wjODN7sY2McRsSinqqQi2gnibJtMkNLsbstskfXvHkx5n5uOf78/Xs+nESINv&#10;ndUQLRQIsqWrWltr+Dy8PqQgfEBbYecsabiSh3Vxe5NjVrnJftC4D7XgEOsz1NCE0GdS+rIhg37h&#10;erJ8O7nBYOBxqGU14MThppOPSiXSYGv5Q4M9bRsqz/uL0fA24bRZRi/j7nzaXr8P8fvXLiKt7+/m&#10;zTOIQHP4g+FXn9WhYKeju9jKi05DnMYxoxpWkVqCYCJZJdzuyJsnlYIscvm/Q/EDAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA2DBLugoDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADcIqZOEAAAALAQAADwAAAAAAAAAAAAAAAABkBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
+              <v:group w14:anchorId="3B24D6DB" id="Group 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:292.75pt;margin-top:205.15pt;width:30.25pt;height:30.25pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYMEu6CgMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVl1v2yAUfZ+0/4B4X53vpFadam3WatLU&#10;VWqnPROMPzRsGJA4/fe7gHHSpNuSTnuY9mJfzOVy77nnYC4uNxVHa6Z0KeoE9896GLGairSs8wR/&#10;ebx5N8NIG1KnhIuaJfiJaXw5f/vmopExG4hC8JQpBEFqHTcywYUxMo4iTQtWEX0mJKthMhOqIgaG&#10;Ko9SRRqIXvFo0OtNokaoVCpBmdbwdeEn8dzFzzJGzecs08wgnmDIzbincs+lfUbzCxLnisiipG0a&#10;5BVZVKSsYdMu1IIYglaqPAhVlVQJLTJzRkUViSwrKXM1QDX93l41t0qspKslj5tcdjABtHs4vTos&#10;vVvfKvkg75XPHsxPgn7TgEvUyDzenbfjfOu8yVRlF0ERaOMQfeoQZRuDKHwczkb96RgjClOt7RCn&#10;BbTlYBUtPvxyXURiv6lLrUulkcAdvYVH/xk8DwWRzKGubfn3CpVpgkfAnppUQOHbli3wBWqxm4OX&#10;RbAd6RbMPXwmwzGEAByc4VDoUJr2Rx1K3ob5rloS05U2t0w4uMn6kzZueZ4GixTBops6mArIb2nP&#10;He0NRkB7hRHQfulpL4mx62wPrYka6FGbSdGZdrYSa/YonJ+xTRtMZ5MhCDv0GzLduvB61/V8MBtO&#10;n3mG+fCWLuTWrz8bz3oOWggbnMLbO3scj3AEl8l05LZvK/O4hnDh7cOG4qGsI2LvgHCa935tlAvN&#10;fF62Da7xXWsAg93ma8HL9Kbk3DZDq3x5zRVaE+jy+Or8ajGyjYUlO24gFR17SlprKdInYHQDHE6w&#10;/r4iimHEP9agGXs8BkMFYxkMZfi1cIeo44HS5nHzlSiJJJgJNsDlOxGkQ+LAUkjGOnhfu7IW71dG&#10;ZKWlsMvNZ9QOQMZeUn9fz/0DPff/Vz2/oKff6/kI0m9Fvc/558LbkdLRjkdsf5qeIeAJZ8ULkIWa&#10;TtEzr+2p2x9M4cRzkv6pvuE/2ju/PtS319eC6MKfA076rRuvW1n9W/p3f3e477ijrL2b2QvV7tgV&#10;tr1Bzn8AAAD//wMAUEsDBBQABgAIAAAAIQANwipk4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BSsNAEIbvgu+wjODN7sY2McRsSinqqQi2gnibJtMkNLsbstskfXvHkx5n5uOf78/Xs+nESINv&#10;ndUQLRQIsqWrWltr+Dy8PqQgfEBbYecsabiSh3Vxe5NjVrnJftC4D7XgEOsz1NCE0GdS+rIhg37h&#10;erJ8O7nBYOBxqGU14MThppOPSiXSYGv5Q4M9bRsqz/uL0fA24bRZRi/j7nzaXr8P8fvXLiKt7+/m&#10;zTOIQHP4g+FXn9WhYKeju9jKi05DnMYxoxpWkVqCYCJZJdzuyJsnlYIscvm/Q/EDAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA2DBLugoDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADcIqZOEAAAALAQAADwAAAAAAAAAAAAAAAABkBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
                 <v:shape id="Graphic 40" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAtTHxZwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89a8Mw&#10;EN0L+Q/iAt1q2SWU4kQJSSCQwR3qutDxsC6WiXUykmq7/74aCh0f73t3WOwgJvKhd6ygyHIQxK3T&#10;PXcKmo/L0yuIEJE1Do5JwQ8FOOxXDzsstZv5naY6diKFcChRgYlxLKUMrSGLIXMjceJuzluMCfpO&#10;ao9zCreDfM7zF2mx59RgcKSzofZef1sFemze9JeZB011dcKqu/jis1Dqcb0ctyAiLfFf/Oe+agWb&#10;tD59ST9A7n8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALUx8WcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m278638,l92837,r,185800l,185800,185674,371475,371475,185800r-92837,l278638,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 41" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJ413BxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EBuiZzSFuNaDqbQND0Ump9Lb4u1sZ1YKyMpjvP2VaGQ4zAz3zD5ajSdGMj51rKC5SIB&#10;QVxZ3XKt4LB/n6cgfEDW2FkmBTfysCoeJjlm2l55S8Mu1CJC2GeooAmhz6T0VUMG/cL2xNE7Wmcw&#10;ROlqqR1eI9x08jFJXqTBluNCgz29NVSddxejoD3tN274+nzW62r7kZaH7/5nLJWaTcfyFUSgMdzD&#10;/+2NVvC0hL8v8QfI4hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJ413BxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,185800r92837,l92837,,278638,r,185800l371475,185800,185674,371475,,185800xe" filled="f" strokecolor="#41709c" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487596032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EB08C93" wp14:editId="260D954E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2003425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -14367,51 +14255,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="41709C"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4BAAC480" id="Group 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:292.75pt;margin-top:298.9pt;width:30.25pt;height:30.25pt;z-index:-15719936;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBybw5ACgMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVstu2zAQvBfoPxC8N5L8thA5aOLGKFCk&#10;AZKiZ5qiHqgksiRtOX/fJSXKih2kdooeil6kpbhc7s7OULy82pUF2jKpcl5FOLjwMWIV5XFepRH+&#10;9nj7YYaR0qSKScErFuEnpvDV4v27y1qEbMAzXsRMIghSqbAWEc60FqHnKZqxkqgLLlgFkwmXJdEw&#10;lKkXS1JD9LLwBr4/8WouYyE5ZUrB12UziRc2fpIwqr8miWIaFRGG3LR9Svtcm6e3uCRhKonIctqm&#10;Qd6QRUnyCjbtQi2JJmgj86NQZU4lVzzRF5SXHk+SnDJbA1QT+AfVrCTfCFtLGtap6GACaA9wenNY&#10;erddSfEg7mWTPZhfOP2hABevFmnYnzfjdO+8S2RpFkERaGcRfeoQZTuNKHwczkbBdIwRhanWtojT&#10;DNpytIpmn15d55Gw2dSm1qVSC+CO2sOj/gyeh4wIZlFXpvx7ifI4wiMgckVKoPCqZQt8gVrM5uBl&#10;EGxHqgXzAJ/JcAwEBBysYVHoUJoGow6lxob5rloS0o3SK8Yt3GT7RWm7PI2dRTJn0V3lTAnkN7Qv&#10;LO01RkB7iRHQft3QXhBt1pkeGhPV0KM2k6wzzWzJt+yRWz9tmjaYziZDwMP1GzLduxRV33U+mA2n&#10;zzzdvHsLG3LvF8zGMz8wGUJY5+TejXOD4wmO4DKZjuz2bWWvhXXFQ1knxO6BcJ63PXR6tdGCK9bk&#10;Zdpg6+5aA3795ite5PFtXhSmGUqm65tCoi2BLo+v59fLUQtbzw2kosKGksZa8/gJGF0DhyOsfm6I&#10;ZBgVnyvQjDkenSGdsXaG1MUNt4eo5YFU+nH3nUiBBJgR1sDlO+6kQ0LHUsjfODS+ZmXFP240T3JD&#10;YZtbk1E7ABk3kvr7ep4f6Xlu0Psf9fyCnn6v5xNIvxf1Ieef67knpZMdT9j+PD1DwDPOihcgczWd&#10;o+eiMqduMJj6vr0+9IR7oG/4j/rzm2N9N/paEpU154CN0J2eraz+Lf3bvzvcd+xJ2N7NzIWqP7aF&#10;7W+Qi18AAAD//wMAUEsDBBQABgAIAAAAIQCQ7ZK/4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAEIXvgv9hGcGb3cSaGGM2pRT1VARbQbxts9MkNDsbstsk/feOJ729x3y8ea9YzbYTIw6+&#10;daQgXkQgkCpnWqoVfO5f7zIQPmgyunOECi7oYVVeXxU6N26iDxx3oRYcQj7XCpoQ+lxKXzVotV+4&#10;HolvRzdYHdgOtTSDnjjcdvI+ilJpdUv8odE9bhqsTruzVfA26Wm9jF/G7em4uXzvk/evbYxK3d7M&#10;62cQAefwB8Nvfa4OJXc6uDMZLzoFSZYkjLJ4euQNTKQPKa87sEiyJciykP83lD8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAcm8OQAoDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAkO2Sv+EAAAALAQAADwAAAAAAAAAAAAAAAABkBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
+              <v:group w14:anchorId="4B71E1E1" id="Group 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:292.75pt;margin-top:298.9pt;width:30.25pt;height:30.25pt;z-index:-15719936;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBybw5ACgMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVstu2zAQvBfoPxC8N5L8thA5aOLGKFCk&#10;AZKiZ5qiHqgksiRtOX/fJSXKih2kdooeil6kpbhc7s7OULy82pUF2jKpcl5FOLjwMWIV5XFepRH+&#10;9nj7YYaR0qSKScErFuEnpvDV4v27y1qEbMAzXsRMIghSqbAWEc60FqHnKZqxkqgLLlgFkwmXJdEw&#10;lKkXS1JD9LLwBr4/8WouYyE5ZUrB12UziRc2fpIwqr8miWIaFRGG3LR9Svtcm6e3uCRhKonIctqm&#10;Qd6QRUnyCjbtQi2JJmgj86NQZU4lVzzRF5SXHk+SnDJbA1QT+AfVrCTfCFtLGtap6GACaA9wenNY&#10;erddSfEg7mWTPZhfOP2hABevFmnYnzfjdO+8S2RpFkERaGcRfeoQZTuNKHwczkbBdIwRhanWtojT&#10;DNpytIpmn15d55Gw2dSm1qVSC+CO2sOj/gyeh4wIZlFXpvx7ifI4wiMgckVKoPCqZQt8gVrM5uBl&#10;EGxHqgXzAJ/JcAwEBBysYVHoUJoGow6lxob5rloS0o3SK8Yt3GT7RWm7PI2dRTJn0V3lTAnkN7Qv&#10;LO01RkB7iRHQft3QXhBt1pkeGhPV0KM2k6wzzWzJt+yRWz9tmjaYziZDwMP1GzLduxRV33U+mA2n&#10;zzzdvHsLG3LvF8zGMz8wGUJY5+TejXOD4wmO4DKZjuz2bWWvhXXFQ1knxO6BcJ63PXR6tdGCK9bk&#10;Zdpg6+5aA3795ite5PFtXhSmGUqm65tCoi2BLo+v59fLUQtbzw2kosKGksZa8/gJGF0DhyOsfm6I&#10;ZBgVnyvQjDkenSGdsXaG1MUNt4eo5YFU+nH3nUiBBJgR1sDlO+6kQ0LHUsjfODS+ZmXFP240T3JD&#10;YZtbk1E7ABk3kvr7ep4f6Xlu0Psf9fyCnn6v5xNIvxf1Ieef67knpZMdT9j+PD1DwDPOihcgczWd&#10;o+eiMqduMJj6vr0+9IR7oG/4j/rzm2N9N/paEpU154CN0J2eraz+Lf3bvzvcd+xJ2N7NzIWqP7aF&#10;7W+Qi18AAAD//wMAUEsDBBQABgAIAAAAIQCQ7ZK/4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAEIXvgv9hGcGb3cSaGGM2pRT1VARbQbxts9MkNDsbstsk/feOJ729x3y8ea9YzbYTIw6+&#10;daQgXkQgkCpnWqoVfO5f7zIQPmgyunOECi7oYVVeXxU6N26iDxx3oRYcQj7XCpoQ+lxKXzVotV+4&#10;HolvRzdYHdgOtTSDnjjcdvI+ilJpdUv8odE9bhqsTruzVfA26Wm9jF/G7em4uXzvk/evbYxK3d7M&#10;62cQAefwB8Nvfa4OJXc6uDMZLzoFSZYkjLJ4euQNTKQPKa87sEiyJciykP83lD8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAcm8OQAoDAACJCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAkO2Sv+EAAAALAQAADwAAAAAAAAAAAAAAAABkBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIGAAAAAA==&#10;">
                 <v:shape id="Graphic 48" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDTOnBfwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89a8Mw&#10;EN0L+Q/iAt1q2SWU4kQJSSCQwR3qutDxsC6WiXUykmq7/74aCh0f73t3WOwgJvKhd6ygyHIQxK3T&#10;PXcKmo/L0yuIEJE1Do5JwQ8FOOxXDzsstZv5naY6diKFcChRgYlxLKUMrSGLIXMjceJuzluMCfpO&#10;ao9zCreDfM7zF2mx59RgcKSzofZef1sFemze9JeZB011dcKqu/jis1Dqcb0ctyAiLfFf/Oe+agWb&#10;NDZ9ST9A7n8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0zpwX8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m278638,l92837,r,185801l,185801,185674,371475,371475,185801r-92837,l278638,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 49" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC3lVHHxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;FMTvQv+H5RW86abFio2uEgp+HQr14+LtkX0msdm3YXeN6X/vFgSPw8z8hpktOlOLlpyvLCt4GyYg&#10;iHOrKy4UHA/LwQSED8gaa8uk4I88LOYvvRmm2t54R+0+FCJC2KeooAyhSaX0eUkG/dA2xNE7W2cw&#10;ROkKqR3eItzU8j1JxtJgxXGhxIa+Ssp/91ejoLocNq793n7oVb5bT7LjT3PqMqX6r102BRGoC8/w&#10;o73RCkaf8P8l/gA5vwMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3lVHHxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,185801r92837,l92837,,278638,r,185801l371475,185801,185674,371475,,185801xe" filled="f" strokecolor="#41709c" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487597056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="548161BC" wp14:editId="028F58A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2003425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -14966,51 +14854,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="41709C"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="76A011F3" id="Group 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:295pt;margin-top:394.9pt;width:30.25pt;height:30.25pt;z-index:-15718912;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd85wwCAMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVslu2zAQvRfoPxC8N/K+CJGDJm6MAkEa&#10;ICl6pilqQSmRJWnL+fsOKVFWnKS1U/RQ9CIPxeFw5s17Y51f7AqOtkzpXJQR7p/1MGIlFXFephH+&#10;+nD9YYaRNqSMCRcli/Aj0/hi8f7deSVDNhCZ4DFTCIKUOqxkhDNjZBgEmmasIPpMSFbCZiJUQQws&#10;VRrEilQQveDBoNebBJVQsVSCMq3h7bLexAsXP0kYNV+SRDODeIQhN+Oeyj3X9hkszkmYKiKznDZp&#10;kDdkUZC8hEvbUEtiCNqo/FmoIqdKaJGYMyqKQCRJTpmrAarp9w6qWSmxka6WNKxS2cIE0B7g9Oaw&#10;9Ha7UvJe3qk6ezBvBP2uAZegkmnY3bfrdO+8S1RhD0ERaOcQfWwRZTuDKLwczkb96RgjCluN7RCn&#10;GbTl2SmaffrluYCE9aUutTaVSgJ39B4e/Wfw3GdEMoe6tuXfKZTHER5PMCpJARReNWyBN1CLvRy8&#10;LILNSjdgHuAzGY6BgICDMxwKLUrT/qhFqbZhv62WhHSjzYoJBzfZ3mjjjqext0jmLborvamA/Jb2&#10;3NHeYAS0VxgB7dc17SUx9pztoTVRBT1qMsla0+4WYssehPMztmmD6WwyBGH7fkOmexdedl3ng9lw&#10;+sTT7/tf6ULu/fqz8aznhAlhvZP/rZ1rHI9wBJfJdOSud5WNbOGvhvXFQ1lHxO6AcJr3YW2UC83q&#10;vGwbXIJtayDZbvO14Hl8nXNum6FVur7iCm0JdHl8Ob9c+vo6biAVHdaUtNZaxI/A6Ao4HGH9Y0MU&#10;w4h/LkEzdjx6Q3lj7Q1l+JVwQ9TxQGnzsPtGlEQSzAgb4PKt8NIhoWcp5G8dal97shQfN0YkuaWw&#10;y63OqFmAjGtJ/X09AysP9Dz9X/X8gp5+r+cjSL8X9SHnn+q5I6WjHY+4/jQ9Q8ATZsULkPmaTtEz&#10;L+3U7Q+mMPGcpF/VN/yP9uZXzfzq6LvW15LorJ4Dbqsdc42s/i39u393+N5xk7D5NrMfVN21K2z/&#10;Bbn4CQAA//8DAFBLAwQUAAYACAAAACEAlpGb1eIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43kBqWO43UIoe0pFJoUSm6KtbFNLMlYiu38fdVTe1x2mHkvX0+mZQP1vnEW&#10;IZkJYGRLpxtbIXwd3p5SYD4oq1XrLCHcyMO6uL/LVabdaD9p2IeKxRLrM4VQh9BlnPuyJqP8zHVk&#10;4+/seqNCPPuK616Nsdy0/FmIBTeqsXGhVh1tayov+6tBeB/VuJknr8Puct7ejgf58b1LCPHxYdqs&#10;gAWawl8YfvEjOhSR6eSuVnvWIsiliC4B4SVdRoeYWEghgZ0QUinmwIuc/3cofgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAd85wwCAMAAIkKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCWkZvV4gAAAAsBAAAPAAAAAAAAAAAAAAAAAGIFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAcQYAAAAA&#10;">
+              <v:group w14:anchorId="29547D79" id="Group 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:295pt;margin-top:394.9pt;width:30.25pt;height:30.25pt;z-index:-15718912;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="384175,384175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd85wwCAMAAIkKAAAOAAAAZHJzL2Uyb0RvYy54bWzkVslu2zAQvRfoPxC8N/K+CJGDJm6MAkEa&#10;ICl6pilqQSmRJWnL+fsOKVFWnKS1U/RQ9CIPxeFw5s17Y51f7AqOtkzpXJQR7p/1MGIlFXFephH+&#10;+nD9YYaRNqSMCRcli/Aj0/hi8f7deSVDNhCZ4DFTCIKUOqxkhDNjZBgEmmasIPpMSFbCZiJUQQws&#10;VRrEilQQveDBoNebBJVQsVSCMq3h7bLexAsXP0kYNV+SRDODeIQhN+Oeyj3X9hkszkmYKiKznDZp&#10;kDdkUZC8hEvbUEtiCNqo/FmoIqdKaJGYMyqKQCRJTpmrAarp9w6qWSmxka6WNKxS2cIE0B7g9Oaw&#10;9Ha7UvJe3qk6ezBvBP2uAZegkmnY3bfrdO+8S1RhD0ERaOcQfWwRZTuDKLwczkb96RgjCluN7RCn&#10;GbTl2SmaffrluYCE9aUutTaVSgJ39B4e/Wfw3GdEMoe6tuXfKZTHER5PMCpJARReNWyBN1CLvRy8&#10;LILNSjdgHuAzGY6BgICDMxwKLUrT/qhFqbZhv62WhHSjzYoJBzfZ3mjjjqext0jmLborvamA/Jb2&#10;3NHeYAS0VxgB7dc17SUx9pztoTVRBT1qMsla0+4WYssehPMztmmD6WwyBGH7fkOmexdedl3ng9lw&#10;+sTT7/tf6ULu/fqz8aznhAlhvZP/rZ1rHI9wBJfJdOSud5WNbOGvhvXFQ1lHxO6AcJr3YW2UC83q&#10;vGwbXIJtayDZbvO14Hl8nXNum6FVur7iCm0JdHl8Ob9c+vo6biAVHdaUtNZaxI/A6Ao4HGH9Y0MU&#10;w4h/LkEzdjx6Q3lj7Q1l+JVwQ9TxQGnzsPtGlEQSzAgb4PKt8NIhoWcp5G8dal97shQfN0YkuaWw&#10;y63OqFmAjGtJ/X09AysP9Dz9X/X8gp5+r+cjSL8X9SHnn+q5I6WjHY+4/jQ9Q8ATZsULkPmaTtEz&#10;L+3U7Q+mMPGcpF/VN/yP9uZXzfzq6LvW15LorJ4Dbqsdc42s/i39u393+N5xk7D5NrMfVN21K2z/&#10;Bbn4CQAA//8DAFBLAwQUAAYACAAAACEAlpGb1eIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43kBqWO43UIoe0pFJoUSm6KtbFNLMlYiu38fdVTe1x2mHkvX0+mZQP1vnEW&#10;IZkJYGRLpxtbIXwd3p5SYD4oq1XrLCHcyMO6uL/LVabdaD9p2IeKxRLrM4VQh9BlnPuyJqP8zHVk&#10;4+/seqNCPPuK616Nsdy0/FmIBTeqsXGhVh1tayov+6tBeB/VuJknr8Puct7ejgf58b1LCPHxYdqs&#10;gAWawl8YfvEjOhSR6eSuVnvWIsiliC4B4SVdRoeYWEghgZ0QUinmwIuc/3cofgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAd85wwCAMAAIkKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCWkZvV4gAAAAsBAAAPAAAAAAAAAAAAAAAAAGIFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAcQYAAAAA&#10;">
                 <v:shape id="Graphic 56" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIMNdrwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvuomglNRVqiB40INpCj0+sq/Z0OzbsLua9N+7QqHHYWa+YTa70XbiTj60jhXkiwwE&#10;ce10y42C6uM4fwURIrLGzjEp+KUAu+10ssFCu4GvdC9jIxKEQ4EKTIx9IWWoDVkMC9cTJ+/beYsx&#10;Sd9I7XFIcNvJZZatpcWW04LBng6G6p/yZhXovrroLzN0msrzHs/N0eefuVIvs/H9DUSkMf6H/9on&#10;rWC1hueX9APk9gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBIMNdrwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m278638,l92837,r,185800l,185800,185674,371474,371475,185800r-92837,l278638,xe" fillcolor="#5b9bd4" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 57" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:371475;height:371475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="371475,371475" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAsn/bzxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJvidxCGuNaDqbQJj0E8nfpbbG2tltrZSTFcd8+CgRyHGbmGyZfjqYTAznfWlbwPEtA&#10;EFdWt1wrOB4+pikIH5A1dpZJwT95WBYPkxwzbc+8o2EfahEh7DNU0ITQZ1L6qiGDfmZ74uj9WGcw&#10;ROlqqR2eI9x08iVJXqXBluNCgz29N1T97U9GQft7WLth8zXXn9VulZbHbf89lko9PY7lG4hAY7iH&#10;b+21VjBfwPVL/AGyuAAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsn/bzxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,185800r92837,l92837,,278638,r,185800l371475,185800,185674,371474,,185800xe" filled="f" strokecolor="#41709c" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487598080" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BD3E47A" wp14:editId="0AF11E79">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2051050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -16017,70 +15905,64 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2130390158">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1645498948">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="545488329">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="141580277">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF6A98"/>
     <w:rsid w:val="000C5955"/>
-    <w:rsid w:val="001C77AA"/>
-    <w:rsid w:val="001D15C9"/>
     <w:rsid w:val="00295A9D"/>
     <w:rsid w:val="005830ED"/>
     <w:rsid w:val="00C43EEC"/>
     <w:rsid w:val="00EF6A98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -16563,51 +16445,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="180"/>
       <w:ind w:left="1620" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dundeeprotects.co.uk/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dundeeprotects.co.uk/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16862,71 +16744,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76d04a39a3564d4d16d4a8f346f6a647">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100471DFE9BD05CAF44B771E4F520A09F34" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8677a79837750c8e629511f3c6dbcb60">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="32cf32c9-7fcf-49f8-8de3-fc934635a5a9" xmlns:ns3="b6c7abad-f6fd-4abc-afdc-bd0889884898" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e555de90798ac75fdd70553654037dfd" ns2:_="" ns3:_="">
     <xsd:import namespace="32cf32c9-7fcf-49f8-8de3-fc934635a5a9"/>
     <xsd:import namespace="b6c7abad-f6fd-4abc-afdc-bd0889884898"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -17102,86 +16964,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="32cf32c9-7fcf-49f8-8de3-fc934635a5a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6c7abad-f6fd-4abc-afdc-bd0889884898" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{890DD3A2-F2C2-4CA8-89D1-0AE43DBC8C6A}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8832583C-FC03-4411-929B-A1AA468E9B3B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098A0470-D0D8-4E6D-9F39-DC2314BB821B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098A0470-D0D8-4E6D-9F39-DC2314BB821B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B9DADE1-9590-422C-903A-87945AA51A30}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{890DD3A2-F2C2-4CA8-89D1-0AE43DBC8C6A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
   <Words>464</Words>
   <Characters>2646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>